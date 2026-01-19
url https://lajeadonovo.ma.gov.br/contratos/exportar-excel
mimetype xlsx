--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -12,88 +12,174 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="486">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="531">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
+  </si>
+  <si>
+    <t>110/2025</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+Contratação de pessoa jurídica para prestação de s...</t>
+  </si>
+  <si>
+    <t>NILO ALMEIDA ADVOGADOS ASSOCIADOS
+22.964.948/0001-08</t>
+  </si>
+  <si>
+    <t>17/12/2025
+120.000,00</t>
+  </si>
+  <si>
+    <t>17/12/2025 a 17/12/2026</t>
+  </si>
+  <si>
+    <t>111/2025</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+Contratação de empresa para a execução de serviços...</t>
+  </si>
+  <si>
+    <t>CENTRAL CONSTRUTORA LTDA
+53.135.616/0001-36</t>
+  </si>
+  <si>
+    <t>19/12/2025
+746.002,87</t>
+  </si>
+  <si>
+    <t>19/12/2025 a 19/12/2026</t>
+  </si>
+  <si>
+    <t>112/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025
+4.476.017,24</t>
+  </si>
+  <si>
+    <t>113/2025</t>
+  </si>
+  <si>
+    <t>19/12/2025
+2.238.008,62</t>
   </si>
   <si>
     <t>16060003/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 Contratação de empresa especializada para a confec...</t>
   </si>
   <si>
     <t>A BOTELHO DE ASSIS SERVICOS PROJETOS LTDA
 27.461.014/0001-69</t>
   </si>
   <si>
     <t>16/06/2025
 6.500,00</t>
   </si>
   <si>
     <t>16/06/2025 a 01/07/2025</t>
   </si>
   <si>
+    <t>107/2025</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+contratação de empresa especializada na prestação...</t>
+  </si>
+  <si>
+    <t>ODONTO ALFA LTDA
+40.900.404/0001-56</t>
+  </si>
+  <si>
+    <t>11/12/2025
+81.250,00</t>
+  </si>
+  <si>
+    <t>11/12/2025 a 11/12/2026</t>
+  </si>
+  <si>
+    <t>106/2025</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+Contratação de empresa de engenharia especializada...</t>
+  </si>
+  <si>
+    <t>CONSTRUTORA TRIANGULAR LTDA
+07.424.217/0001-78</t>
+  </si>
+  <si>
+    <t>05/12/2025
+632.891,60</t>
+  </si>
+  <si>
+    <t>05/12/2025 a 05/12/2026</t>
+  </si>
+  <si>
     <t>96/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 contratação da banda "Rey Vaqueiro" para a realiza...</t>
   </si>
   <si>
     <t>REY VAQUEIRO PRODUÇÕES ARTÍSTICAS LTDA
 21.488.092/0001-70</t>
   </si>
   <si>
     <t>16/10/2025
 280.000,00</t>
   </si>
   <si>
     <t>16/10/2025 a 15/12/2025</t>
   </si>
   <si>
     <t>97/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 contratação de serviços advocatícios objetivando a...</t>
   </si>
   <si>
@@ -129,79 +215,112 @@
     <t>92/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 serviços de conserto, reparo, reforma e recuperaçã...</t>
   </si>
   <si>
     <t>08/10/2025
 629.189,25</t>
   </si>
   <si>
     <t>93/2025</t>
   </si>
   <si>
     <t>08/10/2025
 104.970,50</t>
   </si>
   <si>
     <t>94/2025</t>
   </si>
   <si>
     <t>08/10/2025
 21.457,75</t>
   </si>
   <si>
+    <t>108/2025</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+Contratação de empresa especializada para a execuç...</t>
+  </si>
+  <si>
+    <t>ENGESERV CONSTRUTORA LTDA
+31.570.201/0001-58</t>
+  </si>
+  <si>
+    <t>12/12/2025
+3.049.877,06</t>
+  </si>
+  <si>
+    <t>12/12/2025 a 12/12/2026</t>
+  </si>
+  <si>
     <t>98/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 aquisição de gêneros alimentícios da agricultura f...</t>
   </si>
   <si>
     <t>CLAUDIO CERJ OLIVEIRA MOURA,
 006.695.911-06,</t>
   </si>
   <si>
     <t>04/11/2025
 37.500,00</t>
   </si>
   <si>
     <t>04/11/2025 a 31/12/2025</t>
   </si>
   <si>
     <t>99/2025</t>
   </si>
   <si>
     <t>APRAPORTO - ASSOCIAÇÃO DOS PRODUTORES RURAIS DA AGRICULTURA FAMILIAR DE PORTO FRANCO,
 33.956.760/0001-26</t>
   </si>
   <si>
     <t>04/11/2025
 154.697,50</t>
   </si>
   <si>
+    <t>105/2025</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+Contratação de empresa de engenharia para a execuç...</t>
+  </si>
+  <si>
+    <t>CMA EMPREENDIMENTOS LTDA
+42.731.815/0001-90</t>
+  </si>
+  <si>
+    <t>05/12/2025
+646.396,89</t>
+  </si>
+  <si>
     <t>95/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 contratação de empresa especializada para a execuç...</t>
   </si>
   <si>
     <t>R E R EMPREENDIMENTOS E SERVIÇOS LTDA
 01.195.098/0001-4</t>
   </si>
   <si>
     <t>09/10/2025
 53.650,00</t>
   </si>
   <si>
     <t>09/10/2025 a 09/10/2026</t>
   </si>
   <si>
     <t>79/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 locação de imóvel com área total de 489,17 m², loc...</t>
   </si>
   <si>
@@ -491,52 +610,69 @@
     <t>03/09/2025
 89.768,18</t>
   </si>
   <si>
     <t>89/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 fornecimento de material de construção civil para...</t>
   </si>
   <si>
     <t>07/10/2025
 55.029,64</t>
   </si>
   <si>
     <t>07/10/2025 a 07/10/2026</t>
   </si>
   <si>
     <t>90/2025</t>
   </si>
   <si>
     <t>07/10/2025
 50.404,27</t>
   </si>
   <si>
+    <t>103/2025</t>
+  </si>
+  <si>
     <t>GABINETE DO PREFEITO - GP
-contratação de empresa especializada na prestação...</t>
+Contratação de empresa para o fornecimento de mate...</t>
+  </si>
+  <si>
+    <t>01/12/2025
+201.896,61</t>
+  </si>
+  <si>
+    <t>01/12/2025 a 01/12/2026</t>
+  </si>
+  <si>
+    <t>104/2025</t>
+  </si>
+  <si>
+    <t>05/12/2025
+382.959,08</t>
   </si>
   <si>
     <t>BIOLAB MEDICINA DIAGNOSTICA LTDA
 18.034.253/0001-41</t>
   </si>
   <si>
     <t>29/08/2025
 35.020,00</t>
   </si>
   <si>
     <t>29/08/2025 a 29/08/2026</t>
   </si>
   <si>
     <t>72/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
  Contratação de empresa especializada na pres...</t>
   </si>
   <si>
     <t>GETCOM GESTAO DE TECNOLODIA E COMUNICACAO
 05.702.977-0001/74</t>
   </si>
   <si>
     <t>09/06/2025
@@ -577,50 +713,79 @@
     <t>02/06/2025
 90.000,00</t>
   </si>
   <si>
     <t>02/06/2025 a 02/06/2026</t>
   </si>
   <si>
     <t>43/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>MAS TER LIMPEZA URBANA LOCAÇÃO DE VEÍCULOS LTDA
 03.636.546/0001-21</t>
   </si>
   <si>
     <t>21/03/2025
 378.729,48</t>
   </si>
   <si>
     <t>21/03/2025 a 21/03/2026</t>
   </si>
   <si>
+    <t>100/2025</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+fornecimento de água mineral sem gás para atender...</t>
+  </si>
+  <si>
+    <t>R DE C P ALENCAR
+49.499.102/0001-92</t>
+  </si>
+  <si>
+    <t>05/12/2025
+78.150,00</t>
+  </si>
+  <si>
+    <t>101/2025</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+ fornecimento de água mineral sem gás para a...</t>
+  </si>
+  <si>
+    <t>05/12/2025
+312.600,00</t>
+  </si>
+  <si>
+    <t>102/2025</t>
+  </si>
+  <si>
     <t>30/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 Contratação de pessoa jurídica especializada na pr...</t>
   </si>
   <si>
     <t>JMF SERVICOS LTDA
 20.210.748/0001-26</t>
   </si>
   <si>
     <t>03/07/2025
 484.973,00</t>
   </si>
   <si>
     <t>03/07/2025 a 17/02/2026</t>
   </si>
   <si>
     <t>20/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
@@ -766,54 +931,50 @@
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Contratação de empresa especializada na confecção...</t>
   </si>
   <si>
     <t>29/05/2025
 46.280,00</t>
   </si>
   <si>
     <t>68/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 Contratação de empresa especializada na confecção...</t>
   </si>
   <si>
     <t>29/05/2025
 9.100,00</t>
   </si>
   <si>
     <t>53/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL - SMAS
 Contratação de empresa para o fornecimento de gás...</t>
-  </si>
-[...2 lines deleted...]
-49.499.102/0001-92</t>
   </si>
   <si>
     <t>22/05/2025
 10.919,00</t>
   </si>
   <si>
     <t>22/05/2025 a 22/05/2026</t>
   </si>
   <si>
     <t>52/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Contratação de empresa para o fornecimento de gás...</t>
   </si>
   <si>
     <t>22/05/2025
 18.536,31</t>
   </si>
   <si>
     <t>51/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Contratação de empresa para o fornecimento de gás...</t>
@@ -2120,2616 +2281,2876 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F128"/>
+  <dimension ref="A1:F141"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E128" sqref="E128"/>
+      <selection activeCell="E141" sqref="E141"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>126</v>
+        <v>135</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="D4" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="B5" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="B6" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="E6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="B7" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="E7" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="F7" t="s">
         <v>29</v>
-      </c>
-[...10 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="C8" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" s="1" t="s">
-        <v>23</v>
+        <v>32</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F8" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B9" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D9" s="1" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="F9" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="B10" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="F10" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B11" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="F11" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B12" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="C12" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D12" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D12" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="1" t="s">
+        <v>52</v>
+      </c>
+      <c r="F12" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B13" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C13" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="1" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F13" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="B14" t="s">
+        <v>55</v>
+      </c>
+      <c r="C14" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="C14" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F14" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B15" t="s">
+        <v>57</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="E15" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" t="s">
         <v>61</v>
-      </c>
-[...10 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="B16" t="s">
+        <v>62</v>
+      </c>
+      <c r="C16" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" s="1" t="s">
+        <v>65</v>
+      </c>
+      <c r="F16" t="s">
         <v>66</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="B17" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F17" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="B18" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="F18" t="s">
-        <v>79</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="B19" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
       <c r="F19" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="B20" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="C20" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="D20" s="1" t="s">
         <v>81</v>
       </c>
-      <c r="D20" s="1" t="s">
+      <c r="E20" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="E20" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F20" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B21" t="s">
+        <v>84</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="D21" s="1" t="s">
+        <v>86</v>
+      </c>
+      <c r="E21" s="1" t="s">
         <v>87</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...5 lines deleted...]
-      <c r="E21" s="1" t="s">
+      <c r="F21" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B22" t="s">
         <v>89</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="F22" t="s">
-        <v>84</v>
+        <v>93</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="B23" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F23" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B24" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F24" t="s">
-        <v>50</v>
+        <v>103</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="B25" t="s">
+        <v>104</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>100</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="1" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="F25" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="B26" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="F26" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="B27" t="s">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="F27" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="B28" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>101</v>
+        <v>114</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="F28" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="B29" t="s">
+        <v>120</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E29" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="F29" t="s">
         <v>117</v>
-      </c>
-[...10 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="B30" t="s">
         <v>122</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>123</v>
       </c>
       <c r="F30" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="B31" t="s">
         <v>124</v>
       </c>
       <c r="C31" s="1" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="D31" s="1" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="F31" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="B32" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>118</v>
+        <v>130</v>
       </c>
       <c r="D32" s="1" t="s">
-        <v>119</v>
+        <v>131</v>
       </c>
       <c r="E32" s="1" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="F32" t="s">
-        <v>121</v>
+        <v>83</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B33" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="E33" s="1" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="F33" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B34" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>129</v>
+        <v>139</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="E34" s="1" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="F34" t="s">
-        <v>131</v>
+        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B35" t="s">
-        <v>66</v>
+        <v>138</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>134</v>
+        <v>143</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="E35" s="1" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="F35" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B36" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="F36" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B37" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>141</v>
+        <v>153</v>
       </c>
       <c r="F37" t="s">
-        <v>142</v>
+        <v>154</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B38" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>141</v>
+        <v>156</v>
       </c>
       <c r="F38" t="s">
-        <v>142</v>
+        <v>154</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B39" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>141</v>
+        <v>158</v>
       </c>
       <c r="F39" t="s">
-        <v>142</v>
+        <v>154</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B40" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>22</v>
+        <v>151</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="F40" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B41" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="F41" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="B42" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>160</v>
+        <v>152</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="F42" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="B43" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>165</v>
+        <v>152</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F43" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>84</v>
+        <v>103</v>
       </c>
       <c r="B44" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>169</v>
+        <v>151</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>170</v>
+        <v>152</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F44" t="s">
-        <v>55</v>
+        <v>34</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>83</v>
+        <v>102</v>
       </c>
       <c r="B45" t="s">
-        <v>168</v>
+        <v>99</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>169</v>
+        <v>26</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F45" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>82</v>
+        <v>100</v>
       </c>
       <c r="B46" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>82</v>
+        <v>178</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F46" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="B47" t="s">
+        <v>181</v>
+      </c>
+      <c r="C47" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D47" s="1" t="s">
         <v>178</v>
       </c>
-      <c r="C47" s="1" t="s">
+      <c r="E47" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="D47" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E47" s="1" t="s">
+      <c r="F47" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>80</v>
+        <v>100</v>
       </c>
       <c r="B48" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>82</v>
+        <v>178</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="F48" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>79</v>
+        <v>100</v>
       </c>
       <c r="B49" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>82</v>
+        <v>178</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
       <c r="F49" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="B50" t="s">
         <v>187</v>
       </c>
       <c r="C50" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="D50" s="1" t="s">
         <v>188</v>
       </c>
-      <c r="D50" s="1" t="s">
+      <c r="E50" s="1" t="s">
         <v>189</v>
       </c>
-      <c r="E50" s="1" t="s">
+      <c r="F50" t="s">
         <v>190</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="B51" t="s">
+        <v>191</v>
+      </c>
+      <c r="C51" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="C51" s="1" t="s">
+      <c r="D51" s="1" t="s">
         <v>193</v>
       </c>
-      <c r="D51" s="1" t="s">
+      <c r="E51" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="E51" s="1" t="s">
+      <c r="F51" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="B52" t="s">
+        <v>196</v>
+      </c>
+      <c r="C52" s="1" t="s">
         <v>197</v>
       </c>
-      <c r="C52" s="1" t="s">
+      <c r="D52" s="1" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E52" s="1" t="s">
         <v>199</v>
       </c>
       <c r="F52" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="B53" t="s">
+        <v>200</v>
+      </c>
+      <c r="C53" s="1" t="s">
         <v>201</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="D53" s="1" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="E53" s="1" t="s">
         <v>202</v>
       </c>
       <c r="F53" t="s">
-        <v>200</v>
+        <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>77</v>
+        <v>96</v>
       </c>
       <c r="B54" t="s">
         <v>203</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>189</v>
+        <v>198</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="F54" t="s">
-        <v>191</v>
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>76</v>
+        <v>92</v>
       </c>
       <c r="B55" t="s">
+        <v>204</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="E55" s="1" t="s">
         <v>207</v>
       </c>
-      <c r="D55" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E55" s="1" t="s">
+      <c r="F55" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>191</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="B56" t="s">
         <v>209</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D56" s="1" t="s">
         <v>211</v>
       </c>
       <c r="E56" s="1" t="s">
         <v>212</v>
       </c>
       <c r="F56" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="B57" t="s">
         <v>214</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>215</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F57" t="s">
-        <v>213</v>
+        <v>88</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="B58" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="C58" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="D58" s="1" t="s">
+        <v>216</v>
+      </c>
+      <c r="E58" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="D58" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="1" t="s">
+      <c r="F58" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="B59" t="s">
         <v>220</v>
       </c>
       <c r="C59" s="1" t="s">
         <v>221</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>211</v>
+        <v>115</v>
       </c>
       <c r="E59" s="1" t="s">
         <v>222</v>
       </c>
       <c r="F59" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="B60" t="s">
-        <v>105</v>
+        <v>224</v>
       </c>
       <c r="C60" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="D60" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E60" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="F60" t="s">
         <v>223</v>
-      </c>
-[...7 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="B61" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D61" s="1" t="s">
-        <v>228</v>
+        <v>115</v>
       </c>
       <c r="E61" s="1" t="s">
         <v>229</v>
       </c>
       <c r="F61" t="s">
-        <v>230</v>
+        <v>223</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>67</v>
+        <v>79</v>
       </c>
       <c r="B62" t="s">
+        <v>230</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>231</v>
       </c>
-      <c r="C62" s="1" t="s">
+      <c r="D62" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="E62" s="1" t="s">
         <v>232</v>
       </c>
-      <c r="D62" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F62" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="B63" t="s">
+        <v>233</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="E63" s="1" t="s">
         <v>236</v>
       </c>
-      <c r="C63" s="1" t="s">
+      <c r="F63" t="s">
         <v>237</v>
-      </c>
-[...7 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="B64" t="s">
+        <v>238</v>
+      </c>
+      <c r="C64" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="D64" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="E64" s="1" t="s">
         <v>241</v>
       </c>
-      <c r="C64" s="1" t="s">
+      <c r="F64" t="s">
         <v>242</v>
-      </c>
-[...7 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="B65" t="s">
+        <v>243</v>
+      </c>
+      <c r="C65" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="D65" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="F65" t="s">
         <v>246</v>
-      </c>
-[...10 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="B66" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>155</v>
+        <v>240</v>
       </c>
       <c r="E66" s="1" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="F66" t="s">
-        <v>157</v>
+        <v>246</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>62</v>
+        <v>77</v>
       </c>
       <c r="B67" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>155</v>
+        <v>235</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="F67" t="s">
-        <v>157</v>
+        <v>237</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="B68" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>144</v>
+        <v>253</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>155</v>
+        <v>235</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="F68" t="s">
-        <v>157</v>
+        <v>237</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="B69" t="s">
+        <v>255</v>
+      </c>
+      <c r="C69" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D69" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="E69" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="F69" t="s">
         <v>258</v>
-      </c>
-[...10 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="B70" t="s">
-        <v>263</v>
+        <v>259</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>265</v>
+        <v>198</v>
       </c>
       <c r="E70" s="1" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="F70" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>57</v>
+        <v>73</v>
       </c>
       <c r="B71" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="D71" s="1" t="s">
-        <v>265</v>
+        <v>198</v>
       </c>
       <c r="E71" s="1" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="F71" t="s">
-        <v>267</v>
+        <v>258</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="B72" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="D72" s="1" t="s">
-        <v>273</v>
+        <v>198</v>
       </c>
       <c r="E72" s="1" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="F72" t="s">
-        <v>275</v>
+        <v>258</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="B73" t="s">
-        <v>276</v>
+        <v>138</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>277</v>
+        <v>268</v>
       </c>
       <c r="D73" s="1" t="s">
-        <v>273</v>
+        <v>140</v>
       </c>
       <c r="E73" s="1" t="s">
-        <v>278</v>
+        <v>269</v>
       </c>
       <c r="F73" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="B74" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>280</v>
+        <v>272</v>
       </c>
       <c r="D74" s="1" t="s">
         <v>273</v>
       </c>
       <c r="E74" s="1" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="F74" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="B75" t="s">
-        <v>281</v>
+        <v>276</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>282</v>
+        <v>277</v>
       </c>
       <c r="D75" s="1" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="E75" s="1" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="F75" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="B76" t="s">
-        <v>158</v>
+        <v>281</v>
       </c>
       <c r="C76" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="D76" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="E76" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="D76" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="1" t="s">
+      <c r="F76" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="B77" t="s">
+        <v>286</v>
+      </c>
+      <c r="C77" s="1" t="s">
         <v>287</v>
       </c>
-      <c r="C77" s="1" t="s">
+      <c r="D77" s="1" t="s">
         <v>288</v>
       </c>
-      <c r="D77" s="1" t="s">
+      <c r="E77" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="E77" s="1" t="s">
+      <c r="F77" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="B78" t="s">
+        <v>291</v>
+      </c>
+      <c r="C78" s="1" t="s">
         <v>292</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="D78" s="1" t="s">
         <v>293</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="E78" s="1" t="s">
         <v>294</v>
       </c>
       <c r="F78" t="s">
-        <v>295</v>
+        <v>285</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="B79" t="s">
+        <v>295</v>
+      </c>
+      <c r="C79" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="C79" s="1" t="s">
+      <c r="D79" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E79" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="D79" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F79" t="s">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="B80" t="s">
+        <v>298</v>
+      </c>
+      <c r="C80" s="1" t="s">
         <v>299</v>
       </c>
-      <c r="C80" s="1" t="s">
+      <c r="D80" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E80" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="D80" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F80" t="s">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="B81" t="s">
+        <v>301</v>
+      </c>
+      <c r="C81" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="D81" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="E81" s="1" t="s">
         <v>302</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F81" t="s">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="B82" t="s">
+        <v>303</v>
+      </c>
+      <c r="C82" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="D82" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="C82" s="1" t="s">
+      <c r="E82" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="D82" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E82" s="1" t="s">
+      <c r="F82" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="B83" t="s">
         <v>308</v>
       </c>
       <c r="C83" s="1" t="s">
         <v>309</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>265</v>
+        <v>310</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F83" t="s">
-        <v>295</v>
+        <v>312</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="B84" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>269</v>
+        <v>314</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>265</v>
+        <v>310</v>
       </c>
       <c r="E84" s="1" t="s">
+        <v>315</v>
+      </c>
+      <c r="F84" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="B85" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>265</v>
+        <v>318</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="F85" t="s">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="B86" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="D86" s="1" t="s">
         <v>318</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="F86" t="s">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="B87" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>318</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="F87" t="s">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="B88" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="D88" s="1" t="s">
         <v>318</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="F88" t="s">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="B89" t="s">
-        <v>326</v>
+        <v>204</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>328</v>
+        <v>206</v>
       </c>
       <c r="E89" s="1" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F89" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="B90" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="E90" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="F90" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="B91" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D91" s="1" t="s">
-        <v>328</v>
+        <v>310</v>
       </c>
       <c r="E91" s="1" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="F91" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="B92" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>328</v>
+        <v>310</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="F92" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="B93" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>272</v>
+        <v>345</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>194</v>
+        <v>310</v>
       </c>
       <c r="E93" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="F93" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>34</v>
+        <v>47</v>
       </c>
       <c r="B94" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>332</v>
+        <v>348</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>194</v>
+        <v>310</v>
       </c>
       <c r="E94" s="1" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="F94" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="B95" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>194</v>
+        <v>310</v>
       </c>
       <c r="E95" s="1" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="F95" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>32</v>
+        <v>45</v>
       </c>
       <c r="B96" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>194</v>
+        <v>310</v>
       </c>
       <c r="E96" s="1" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="F96" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="B97" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>351</v>
+        <v>314</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>352</v>
+        <v>310</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="F97" t="s">
-        <v>354</v>
+        <v>340</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="B98" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D98" s="1" t="s">
-        <v>357</v>
+        <v>310</v>
       </c>
       <c r="E98" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="F98" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="B99" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="E99" s="1" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="F99" t="s">
-        <v>363</v>
+        <v>340</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="B100" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>154</v>
+        <v>366</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F100" t="s">
-        <v>367</v>
+        <v>340</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="B101" t="s">
         <v>368</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D101" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="E101" s="1" t="s">
         <v>370</v>
       </c>
-      <c r="E101" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F101" t="s">
-        <v>372</v>
+        <v>340</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="B102" t="s">
+        <v>371</v>
+      </c>
+      <c r="C102" s="1" t="s">
+        <v>372</v>
+      </c>
+      <c r="D102" s="1" t="s">
         <v>373</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="E102" s="1" t="s">
         <v>374</v>
       </c>
-      <c r="D102" s="1" t="s">
+      <c r="F102" t="s">
         <v>375</v>
-      </c>
-[...4 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="B103" t="s">
+        <v>376</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="D103" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E103" s="1" t="s">
         <v>378</v>
       </c>
-      <c r="C103" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D103" s="1" t="s">
+      <c r="F103" t="s">
         <v>375</v>
-      </c>
-[...4 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="B104" t="s">
+        <v>379</v>
+      </c>
+      <c r="C104" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E104" s="1" t="s">
         <v>381</v>
       </c>
-      <c r="C104" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D104" s="1" t="s">
+      <c r="F104" t="s">
         <v>375</v>
-      </c>
-[...4 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="B105" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="D105" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="E105" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="F105" t="s">
         <v>375</v>
-      </c>
-[...4 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="B106" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>388</v>
+        <v>317</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>389</v>
+        <v>240</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="F106" t="s">
-        <v>367</v>
+        <v>386</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="B107" t="s">
-        <v>163</v>
+        <v>387</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>154</v>
+        <v>377</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>165</v>
+        <v>240</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="F107" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="B108" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>395</v>
+        <v>240</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="F108" t="s">
-        <v>397</v>
+        <v>386</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="B109" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>400</v>
+        <v>240</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>401</v>
+        <v>394</v>
       </c>
       <c r="F109" t="s">
-        <v>402</v>
+        <v>386</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="B110" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>405</v>
+        <v>397</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>406</v>
+        <v>398</v>
       </c>
       <c r="F110" t="s">
-        <v>407</v>
+        <v>399</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B111" t="s">
-        <v>408</v>
+        <v>400</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>409</v>
+        <v>401</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>411</v>
+        <v>403</v>
       </c>
       <c r="F111" t="s">
-        <v>412</v>
+        <v>375</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="B112" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="E112" s="1" t="s">
-        <v>416</v>
+        <v>407</v>
       </c>
       <c r="F112" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="B113" t="s">
-        <v>417</v>
+        <v>409</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>418</v>
+        <v>192</v>
       </c>
       <c r="D113" s="1" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
       <c r="E113" s="1" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="F113" t="s">
-        <v>421</v>
+        <v>412</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="B114" t="s">
-        <v>422</v>
+        <v>413</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="E114" s="1" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="F114" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="B115" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="E115" s="1" t="s">
-        <v>429</v>
+        <v>421</v>
       </c>
       <c r="F115" t="s">
-        <v>430</v>
+        <v>422</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="B116" t="s">
-        <v>431</v>
+        <v>423</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>432</v>
+        <v>424</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>433</v>
+        <v>420</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>434</v>
+        <v>425</v>
       </c>
       <c r="F116" t="s">
-        <v>435</v>
+        <v>422</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="B117" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>437</v>
+        <v>427</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>438</v>
+        <v>420</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>439</v>
+        <v>428</v>
       </c>
       <c r="F117" t="s">
-        <v>440</v>
+        <v>422</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B118" t="s">
-        <v>441</v>
+        <v>429</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>423</v>
+        <v>430</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>442</v>
+        <v>420</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>443</v>
+        <v>431</v>
       </c>
       <c r="F118" t="s">
-        <v>444</v>
+        <v>422</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>9</v>
+        <v>21</v>
       </c>
       <c r="B119" t="s">
-        <v>445</v>
+        <v>432</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>446</v>
+        <v>433</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>447</v>
+        <v>434</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>448</v>
+        <v>435</v>
       </c>
       <c r="F119" t="s">
-        <v>449</v>
+        <v>412</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B120" t="s">
-        <v>427</v>
+        <v>209</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>450</v>
+        <v>192</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>451</v>
+        <v>211</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>452</v>
+        <v>436</v>
       </c>
       <c r="F120" t="s">
-        <v>453</v>
+        <v>437</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="B121" t="s">
-        <v>454</v>
+        <v>438</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>394</v>
+        <v>439</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>455</v>
+        <v>440</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>456</v>
+        <v>441</v>
       </c>
       <c r="F121" t="s">
-        <v>457</v>
+        <v>442</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="B122" t="s">
-        <v>458</v>
+        <v>443</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>459</v>
+        <v>444</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>460</v>
+        <v>446</v>
       </c>
       <c r="F122" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="B123" t="s">
-        <v>461</v>
+        <v>448</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>462</v>
+        <v>449</v>
       </c>
       <c r="D123" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="E123" s="1" t="s">
         <v>451</v>
       </c>
-      <c r="E123" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F123" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="B124" t="s">
-        <v>436</v>
+        <v>453</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
       <c r="F124" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="B125" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>469</v>
+        <v>461</v>
       </c>
       <c r="F125" t="s">
-        <v>470</v>
+        <v>457</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="B126" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>472</v>
+        <v>463</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>474</v>
+        <v>465</v>
       </c>
       <c r="F126" t="s">
-        <v>475</v>
+        <v>466</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="B127" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>478</v>
+        <v>469</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>479</v>
+        <v>470</v>
       </c>
       <c r="F127" t="s">
-        <v>480</v>
+        <v>471</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
+        <v>12</v>
+      </c>
+      <c r="B128" t="s">
+        <v>472</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="E128" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="F128" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129">
+        <v>12</v>
+      </c>
+      <c r="B129" t="s">
+        <v>476</v>
+      </c>
+      <c r="C129" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="D129" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="E129" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="F129" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
+      <c r="A130">
+        <v>11</v>
+      </c>
+      <c r="B130" t="s">
+        <v>481</v>
+      </c>
+      <c r="C130" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="D130" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="E130" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="F130" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
+      <c r="A131">
+        <v>10</v>
+      </c>
+      <c r="B131" t="s">
+        <v>486</v>
+      </c>
+      <c r="C131" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="D131" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="E131" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="F131" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6">
+      <c r="A132">
+        <v>9</v>
+      </c>
+      <c r="B132" t="s">
+        <v>490</v>
+      </c>
+      <c r="C132" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="D132" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="F132" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="A133">
+        <v>8</v>
+      </c>
+      <c r="B133" t="s">
+        <v>472</v>
+      </c>
+      <c r="C133" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="D133" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="E133" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="F133" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134">
+        <v>8</v>
+      </c>
+      <c r="B134" t="s">
+        <v>499</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>439</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="E134" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="F134" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135">
+        <v>7</v>
+      </c>
+      <c r="B135" t="s">
+        <v>503</v>
+      </c>
+      <c r="C135" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="D135" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="E135" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="F135" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="A136">
+        <v>6</v>
+      </c>
+      <c r="B136" t="s">
+        <v>506</v>
+      </c>
+      <c r="C136" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="D136" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="E136" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="F136" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="A137">
+        <v>5</v>
+      </c>
+      <c r="B137" t="s">
+        <v>481</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="D137" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="F137" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="A138">
+        <v>4</v>
+      </c>
+      <c r="B138" t="s">
+        <v>511</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="E138" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="F138" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="A139">
+        <v>3</v>
+      </c>
+      <c r="B139" t="s">
+        <v>516</v>
+      </c>
+      <c r="C139" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="D139" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="E139" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="F139" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="A140">
+        <v>2</v>
+      </c>
+      <c r="B140" t="s">
+        <v>521</v>
+      </c>
+      <c r="C140" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="D140" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="E140" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="F140" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141">
         <v>1</v>
       </c>
-      <c r="B128" t="s">
-[...12 lines deleted...]
-        <v>485</v>
+      <c r="B141" t="s">
+        <v>526</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="F141" t="s">
+        <v>530</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">