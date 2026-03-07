--- v1 (2026-01-19)
+++ v2 (2026-03-07)
@@ -12,156 +12,268 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="531">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="588">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Nº Contrato</t>
   </si>
   <si>
     <t>Unidade/Objeto</t>
   </si>
   <si>
     <t>Fornecedor/CNPJ</t>
   </si>
   <si>
     <t>Data Assinatura/Valor</t>
   </si>
   <si>
     <t>Vigência</t>
+  </si>
+  <si>
+    <t>21/2026</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+aquisição de bobinas térmicas de 300 metros e font...</t>
+  </si>
+  <si>
+    <t>ANALOGICATEC CONSULTORIA E ELETRÔNICA LTDA
+20.452.964/0001-88</t>
+  </si>
+  <si>
+    <t>19/02/2026
+14.000,00</t>
+  </si>
+  <si>
+    <t>19/02/2026 a 19/02/2027</t>
+  </si>
+  <si>
+    <t>109/2025</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+prestação de serviços de consultoria jurídica em d...</t>
+  </si>
+  <si>
+    <t>LOPES ADVOGADOS ASSOCIADOS
+07.652.130/0001-58</t>
+  </si>
+  <si>
+    <t>17/12/2025
+360.000,00</t>
+  </si>
+  <si>
+    <t>17/12/2025 a 17/12/2026</t>
   </si>
   <si>
     <t>110/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 Contratação de pessoa jurídica para prestação de s...</t>
   </si>
   <si>
     <t>NILO ALMEIDA ADVOGADOS ASSOCIADOS
 22.964.948/0001-08</t>
   </si>
   <si>
     <t>17/12/2025
 120.000,00</t>
   </si>
   <si>
-    <t>17/12/2025 a 17/12/2026</t>
-[...1 lines deleted...]
-  <si>
     <t>111/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 Contratação de empresa para a execução de serviços...</t>
   </si>
   <si>
     <t>CENTRAL CONSTRUTORA LTDA
 53.135.616/0001-36</t>
   </si>
   <si>
     <t>19/12/2025
 746.002,87</t>
   </si>
   <si>
     <t>19/12/2025 a 19/12/2026</t>
   </si>
   <si>
     <t>112/2025</t>
   </si>
   <si>
     <t>19/12/2025
 4.476.017,24</t>
   </si>
   <si>
     <t>113/2025</t>
   </si>
   <si>
     <t>19/12/2025
 2.238.008,62</t>
   </si>
   <si>
+    <t>04/2026</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+Contratação de pessoa jurídica do ramo pertinente...</t>
+  </si>
+  <si>
+    <t>3K COMERCIO LTDA
+10.608.232/0001-80</t>
+  </si>
+  <si>
+    <t>05/02/2026
+336.437,50</t>
+  </si>
+  <si>
+    <t>05/02/2026 a 05/02/2027</t>
+  </si>
+  <si>
+    <t>05/2026</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+prestação de serviços de malharia para atender as...</t>
+  </si>
+  <si>
+    <t>05/02/2026
+607.547,00</t>
+  </si>
+  <si>
+    <t>06/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026
+769.577,00</t>
+  </si>
+  <si>
+    <t>07/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026
+255.589,00</t>
+  </si>
+  <si>
     <t>16060003/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 Contratação de empresa especializada para a confec...</t>
   </si>
   <si>
     <t>A BOTELHO DE ASSIS SERVICOS PROJETOS LTDA
 27.461.014/0001-69</t>
   </si>
   <si>
     <t>16/06/2025
 6.500,00</t>
   </si>
   <si>
     <t>16/06/2025 a 01/07/2025</t>
   </si>
   <si>
+    <t>01/2026</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+Contratação de empresa para prestação de serviços...</t>
+  </si>
+  <si>
+    <t>F B F FERREIRA SERVICOS LTDA
+37.052.216/0001-00</t>
+  </si>
+  <si>
+    <t>26/01/2026
+617.644,73</t>
+  </si>
+  <si>
+    <t>26/01/2026 a 26/01/2027</t>
+  </si>
+  <si>
+    <t>02/2026</t>
+  </si>
+  <si>
+    <t>F. EVANGELISTA COSTA
+42.318.702/0001-68</t>
+  </si>
+  <si>
+    <t>26/01/2026
+850.762,20</t>
+  </si>
+  <si>
     <t>107/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>ODONTO ALFA LTDA
 40.900.404/0001-56</t>
   </si>
   <si>
     <t>11/12/2025
 81.250,00</t>
   </si>
   <si>
     <t>11/12/2025 a 11/12/2026</t>
   </si>
   <si>
+    <t>03/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026
+81.250,00</t>
+  </si>
+  <si>
     <t>106/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 Contratação de empresa de engenharia especializada...</t>
   </si>
   <si>
     <t>CONSTRUTORA TRIANGULAR LTDA
 07.424.217/0001-78</t>
   </si>
   <si>
     <t>05/12/2025
 632.891,60</t>
   </si>
   <si>
     <t>05/12/2025 a 05/12/2026</t>
   </si>
   <si>
     <t>96/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 contratação da banda "Rey Vaqueiro" para a realiza...</t>
   </si>
   <si>
@@ -385,75 +497,57 @@
     <t>23/07/2025
 150.000,00</t>
   </si>
   <si>
     <t>23/07/2025 a 21/10/2025</t>
   </si>
   <si>
     <t>76/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 Constitui objeto do presente Termo de Aditivo a Pr...</t>
   </si>
   <si>
     <t>TERRANORTE BRASIL CONSTRUTORA
 18.579.886/0001-35</t>
   </si>
   <si>
     <t>01/07/2025
 0,00</t>
   </si>
   <si>
     <t>01/07/2025 a 01/07/2026</t>
   </si>
   <si>
-    <t>0/2025</t>
-[...12 lines deleted...]
-  <si>
     <t>80/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 contratação de empresa especializada para upgrade...</t>
   </si>
   <si>
-    <t>ANALOGICATEC CONSULTORIA E ELETRÔNICA LTDA
-[...2 lines deleted...]
-  <si>
     <t>31/07/2025
 5.400,00</t>
   </si>
   <si>
     <t>31/07/2025 a 27/04/2026</t>
   </si>
   <si>
     <t>57/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 Contratação de empresa para Aquisição de mobiliári...</t>
   </si>
   <si>
     <t>THAMIPE COMERCIO E SERVICOS LTDA
 11.068.908/0001-53</t>
   </si>
   <si>
     <t>09/07/2025
 128.719,00</t>
   </si>
   <si>
     <t>09/07/2025 a 09/07/2026</t>
   </si>
   <si>
@@ -742,50 +836,57 @@
 fornecimento de água mineral sem gás para atender...</t>
   </si>
   <si>
     <t>R DE C P ALENCAR
 49.499.102/0001-92</t>
   </si>
   <si>
     <t>05/12/2025
 78.150,00</t>
   </si>
   <si>
     <t>101/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
  fornecimento de água mineral sem gás para a...</t>
   </si>
   <si>
     <t>05/12/2025
 312.600,00</t>
   </si>
   <si>
     <t>102/2025</t>
   </si>
   <si>
+    <t>08/2026</t>
+  </si>
+  <si>
+    <t>05/02/2026
+312.600,00</t>
+  </si>
+  <si>
     <t>30/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 Contratação de pessoa jurídica especializada na pr...</t>
   </si>
   <si>
     <t>JMF SERVICOS LTDA
 20.210.748/0001-26</t>
   </si>
   <si>
     <t>03/07/2025
 484.973,00</t>
   </si>
   <si>
     <t>03/07/2025 a 17/02/2026</t>
   </si>
   <si>
     <t>20/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
@@ -825,72 +926,104 @@
     <t>64/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Contratação de empresa para aquisições pneus e ace...</t>
   </si>
   <si>
     <t>28/05/2025
 8.847,20</t>
   </si>
   <si>
     <t>28/05/2025 a 28/05/2026</t>
   </si>
   <si>
     <t>63/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL - SMAS
 Contratação de empresa para aquisições pneus e ace...</t>
   </si>
   <si>
     <t>28/05/2025
 3.279,85</t>
   </si>
   <si>
+    <t>03/2025</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+1º Termo de Aditivo a Prorrogação do prazo de vigê...</t>
+  </si>
+  <si>
+    <t>NP TECNOLOGIA E GESTAO DE DADOS LTDA
+07.797.967/0001-95</t>
+  </si>
+  <si>
+    <t>13/01/2026
+12.300,00</t>
+  </si>
+  <si>
+    <t>17/01/2026 a 17/01/2027</t>
+  </si>
+  <si>
     <t>62/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Contratação de empresa para aquisições pneus e ace...</t>
   </si>
   <si>
     <t>28/05/2025
 37.339,20</t>
   </si>
   <si>
     <t>61/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 Contratação de empresa para aquisições pneus e ace...</t>
   </si>
   <si>
     <t>28/05/2025
 207.615,20</t>
   </si>
   <si>
+    <t>02/2025</t>
+  </si>
+  <si>
+    <t>MXM CONSULTORIA E ASSESSORIA PÚBLICA MUNICIPAL LTDA
+38.413.707/0001-00</t>
+  </si>
+  <si>
+    <t>13/01/2026
+240.000,00</t>
+  </si>
+  <si>
+    <t>15/01/2026 a 15/01/2027</t>
+  </si>
+  <si>
     <t>70/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 Contratação de empresa especializada na confecção...</t>
   </si>
   <si>
     <t>A. G. DO NASCIMENTO GRÁFICA
 07.244.925/0001-27</t>
   </si>
   <si>
     <t>29/05/2025
 4.441,40</t>
   </si>
   <si>
     <t>29/05/2025 a 27/08/2025</t>
   </si>
   <si>
     <t>77/2025</t>
   </si>
   <si>
     <t>GABINETE DO PREFEITO - GP
 Registro de preço para eventual e futura contrataç...</t>
   </si>
   <si>
@@ -926,50 +1059,61 @@
 508.918,80</t>
   </si>
   <si>
     <t>69/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Contratação de empresa especializada na confecção...</t>
   </si>
   <si>
     <t>29/05/2025
 46.280,00</t>
   </si>
   <si>
     <t>68/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 Contratação de empresa especializada na confecção...</t>
   </si>
   <si>
     <t>29/05/2025
 9.100,00</t>
   </si>
   <si>
+    <t>04/2025</t>
+  </si>
+  <si>
+    <t>J.R. Bogea Neto - ME
+36.633.065/0001-11</t>
+  </si>
+  <si>
+    <t>13/01/2026
+16.000,00</t>
+  </si>
+  <si>
     <t>53/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL - SMAS
 Contratação de empresa para o fornecimento de gás...</t>
   </si>
   <si>
     <t>22/05/2025
 10.919,00</t>
   </si>
   <si>
     <t>22/05/2025 a 22/05/2026</t>
   </si>
   <si>
     <t>52/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 Contratação de empresa para o fornecimento de gás...</t>
   </si>
   <si>
     <t>22/05/2025
 18.536,31</t>
   </si>
   <si>
@@ -1433,108 +1577,94 @@
 239.491,20</t>
   </si>
   <si>
     <t>23/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
  fornecimento de combustível automotivo, do...</t>
   </si>
   <si>
     <t>10/02/2025
 419.109,60</t>
   </si>
   <si>
     <t>22/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 fornecimento de combustível automotivo, do tipo ó...</t>
   </si>
   <si>
     <t>10/02/2025
 89.809,20</t>
   </si>
   <si>
-    <t>02/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>GABINETE DO PREFEITO - GP
 1.1. Contratação de pessoa jurídica especializada...</t>
   </si>
   <si>
-    <t>MXM CONSULTORIA E ASSESSORIA PÚBLICA MUNICIPAL LTDA
-[...2 lines deleted...]
-  <si>
     <t>15/01/2025
 240.000,00</t>
   </si>
   <si>
     <t>15/01/2025 a 15/01/2026</t>
   </si>
   <si>
     <t>21/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 Contratação de empresa para a serviço de comunicaç...</t>
   </si>
   <si>
     <t>LEANDRO DO NASCIMENTO - ME.
 57.567.373/0001-66</t>
   </si>
   <si>
     <t>14/02/2025
 60.000,00</t>
   </si>
   <si>
     <t>31/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 serviços de Consultoria e Assessoria para apoio no...</t>
   </si>
   <si>
     <t>EXATA CONSULTORIA E GESTAO EM SAUDE PUBLICA LTDA
 36.443.997/0001-00</t>
   </si>
   <si>
     <t>20/02/2025
 62.724,96</t>
   </si>
   <si>
     <t>20/02/2025 a 17/11/2025</t>
   </si>
   <si>
-    <t>03/2025</t>
-[...5 lines deleted...]
-  <si>
     <t>17/01/2025
 12.300,00</t>
   </si>
   <si>
     <t>17/01/2025 a 17/01/2026</t>
   </si>
   <si>
     <t>01/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 contratação, sob a forma de cessão de uso não oner...</t>
   </si>
   <si>
     <t>GM TECNOLOGIA E INFORMAÇÃO EPP
 15.464.263/0001-29</t>
   </si>
   <si>
     <t>17/01/2025
 0,00</t>
   </si>
   <si>
     <t>17/01/2025 a 17/01/2030</t>
   </si>
   <si>
@@ -1567,61 +1697,54 @@
 23.561,41</t>
   </si>
   <si>
     <t>06/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE SAÚDE
 fornecimento de combustíveis para o abastecimento...</t>
   </si>
   <si>
     <t>22/01/2025
 21.247,78</t>
   </si>
   <si>
     <t>05/2025</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 fornecimento de combustíveis para o abastecimento...</t>
   </si>
   <si>
     <t>22/01/2025
 8.071,37</t>
   </si>
   <si>
-    <t>04/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 Contratação de pessoa jurídica para a prestação de...</t>
   </si>
   <si>
-    <t>J.R. Bogea Neto - ME
-[...2 lines deleted...]
-  <si>
     <t>17/01/2025
 16.000,00</t>
   </si>
   <si>
     <t>07/02/2025
 216.000,00</t>
   </si>
   <si>
     <t>07/02/2025 a 07/02/2026</t>
   </si>
   <si>
     <t>026/2022</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE EDUCAÇÃO
 REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATA...</t>
   </si>
   <si>
     <t>IMPERATRIZ VARIEDADES EIRELI
 03.980.665/0001-05</t>
   </si>
   <si>
     <t>02/03/2022
 71.376,40</t>
   </si>
@@ -1742,50 +1865,137 @@
   </si>
   <si>
     <t>30/04/2021
 871.764,05</t>
   </si>
   <si>
     <t>30/04/2021 a 30/04/2022</t>
   </si>
   <si>
     <t>78/2024</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE ADMINISTRAÇÃO
 AQUISIÇÃO DE PEÇAS, COMPONENTES E ACESSÓRIOS AUTOM...</t>
   </si>
   <si>
     <t>DE SA AUTOPECAS EIRELI
 13.336.228/0001-07</t>
   </si>
   <si>
     <t>16/04/2024
 409.400,00</t>
   </si>
   <si>
     <t>16/04/2024 a 16/04/2025</t>
+  </si>
+  <si>
+    <t>79/2024</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+Constitui objeto do presente Termo de Aditivo a Pr...</t>
+  </si>
+  <si>
+    <t>16/04/2025
+28.400,00</t>
+  </si>
+  <si>
+    <t>16/04/2025 a 16/04/2026</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+Termo de Aditivo a Prorrogação do prazo de vigênci...</t>
+  </si>
+  <si>
+    <t>16/04/2025
+409.400,00</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+aditivo de acréscimo ao Contrato nº 78/2024 – PMLN...</t>
+  </si>
+  <si>
+    <t>26/12/2025
+511.750,00</t>
+  </si>
+  <si>
+    <t>26/12/2025 a 16/04/2026</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃ...</t>
+  </si>
+  <si>
+    <t>16/04/2024
+28.400,00</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+aditivo de acréscimo ao Contrato nº 79/2024 – PMLN...</t>
+  </si>
+  <si>
+    <t>26/12/2025
+35.500,00</t>
+  </si>
+  <si>
+    <t>80/2024</t>
+  </si>
+  <si>
+    <t>16/04/2024
+612.000,00</t>
+  </si>
+  <si>
+    <t>16/04/2025
+612.000,00</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+acréscimo ao Contrato nº 80/2024 – PMLN/MA</t>
+  </si>
+  <si>
+    <t>26/12/2025
+765.000,00</t>
+  </si>
+  <si>
+    <t>81/2024</t>
+  </si>
+  <si>
+    <t>16/04/2024
+117.200,00</t>
+  </si>
+  <si>
+    <t>16/04/2025
+117.200,00</t>
+  </si>
+  <si>
+    <t>GABINETE DO PREFEITO - GP
+acréscimo ao Contrato nº 81/2024 – PMLN/MA</t>
+  </si>
+  <si>
+    <t>26/12/2025
+146.500,00</t>
   </si>
   <si>
     <t>019/2021</t>
   </si>
   <si>
     <t>SECRETARIA MUNICIPAL DE INFRAESTRUTURA
 REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATA...</t>
   </si>
   <si>
     <t>J.M DOS SANTOS FONSECA
 19.438.630/0001-70</t>
   </si>
   <si>
     <t>08/03/2021
 1.630.261,93</t>
   </si>
   <si>
     <t>08/03/2021 a 08/03/2022</t>
   </si>
   <si>
     <t>005/2021</t>
   </si>
   <si>
     <t>RADICON C GOLNÇALVES - ME - AUTO POSTO GONÇALVES
 09.400.958/0001-44</t>
@@ -2281,2876 +2491,3336 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F141"/>
+  <dimension ref="A1:F164"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="E141" sqref="E141"/>
+      <selection activeCell="E164" sqref="E164"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>8</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>13</v>
       </c>
       <c r="E3" s="1" t="s">
         <v>14</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B4" t="s">
         <v>16</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="D4" s="1" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E4" s="1" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>135</v>
       </c>
       <c r="B5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C5" s="1" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="D5" s="1" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="B6" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>22</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B7" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>28</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B8" t="s">
+        <v>29</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>30</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="D8" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="E8" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="F8" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="B9" t="s">
+        <v>34</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>35</v>
       </c>
-      <c r="C9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="E9" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="D9" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F9" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="B10" t="s">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>41</v>
+        <v>30</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="F10" t="s">
-        <v>44</v>
+        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>46</v>
+        <v>30</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="F11" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="F12" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>46</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>54</v>
+        <v>49</v>
       </c>
       <c r="F13" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B14" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F14" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B15" t="s">
+        <v>54</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>56</v>
+      </c>
+      <c r="E15" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="C15" s="1" t="s">
+      <c r="F15" t="s">
         <v>58</v>
-      </c>
-[...7 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B16" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>63</v>
+        <v>55</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="F16" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B17" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="C17" s="1" t="s">
+        <v>62</v>
+      </c>
+      <c r="D17" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="D17" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E17" s="1" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="F17" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B18" t="s">
+        <v>66</v>
+      </c>
+      <c r="C18" s="1" t="s">
+        <v>67</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>68</v>
+      </c>
+      <c r="E18" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="F18" t="s">
         <v>70</v>
-      </c>
-[...10 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B19" t="s">
+        <v>71</v>
+      </c>
+      <c r="C19" s="1" t="s">
+        <v>72</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E19" s="1" t="s">
         <v>74</v>
       </c>
-      <c r="C19" s="1" t="s">
+      <c r="F19" t="s">
         <v>75</v>
-      </c>
-[...7 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B20" t="s">
+        <v>76</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="E20" s="1" t="s">
         <v>79</v>
       </c>
-      <c r="C20" s="1" t="s">
+      <c r="F20" t="s">
         <v>80</v>
-      </c>
-[...7 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B21" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="F21" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="B22" t="s">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>90</v>
+        <v>82</v>
       </c>
       <c r="D22" s="1" t="s">
-        <v>91</v>
+        <v>78</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="F22" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="B23" t="s">
-        <v>94</v>
+        <v>86</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>95</v>
+        <v>77</v>
       </c>
       <c r="D23" s="1" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>97</v>
+        <v>87</v>
       </c>
       <c r="F23" t="s">
-        <v>98</v>
+        <v>80</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="B24" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>100</v>
+        <v>89</v>
       </c>
       <c r="D24" s="1" t="s">
-        <v>101</v>
+        <v>90</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>102</v>
+        <v>91</v>
       </c>
       <c r="F24" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="B25" t="s">
-        <v>104</v>
+        <v>93</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="D25" s="1" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="F25" t="s">
-        <v>107</v>
+        <v>97</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="B26" t="s">
-        <v>108</v>
+        <v>98</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="F26" t="s">
-        <v>112</v>
+        <v>97</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="B27" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="D27" s="1" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="F27" t="s">
-        <v>117</v>
+        <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="B28" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="F28" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
+        <v>120</v>
+      </c>
+      <c r="B29" t="s">
+        <v>110</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>111</v>
+      </c>
+      <c r="D29" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="E29" s="1" t="s">
         <v>113</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="1" t="s">
+      <c r="F29" t="s">
         <v>114</v>
-      </c>
-[...7 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B30" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D30" s="1" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="E30" s="1" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="F30" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B31" t="s">
+        <v>120</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>122</v>
+      </c>
+      <c r="E31" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="F31" t="s">
         <v>124</v>
-      </c>
-[...10 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="B32" t="s">
+        <v>125</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>127</v>
+      </c>
+      <c r="E32" s="1" t="s">
+        <v>128</v>
+      </c>
+      <c r="F32" t="s">
         <v>129</v>
-      </c>
-[...10 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B33" t="s">
+        <v>130</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="D33" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="E33" s="1" t="s">
         <v>133</v>
       </c>
-      <c r="C33" s="1" t="s">
+      <c r="F33" t="s">
         <v>134</v>
-      </c>
-[...7 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="B34" t="s">
+        <v>135</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>136</v>
+      </c>
+      <c r="D34" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="E34" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="F34" t="s">
         <v>138</v>
-      </c>
-[...10 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="B35" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C35" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="F35" t="s">
         <v>143</v>
-      </c>
-[...7 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="B36" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="F36" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="B37" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="E37" s="1" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="F37" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="B38" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="E38" s="1" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="F38" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="B39" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>151</v>
       </c>
       <c r="D39" s="1" t="s">
         <v>152</v>
       </c>
       <c r="E39" s="1" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="F39" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="B40" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="E40" s="1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F40" t="s">
-        <v>154</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B41" t="s">
+        <v>159</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>160</v>
+      </c>
+      <c r="D41" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C41" s="1" t="s">
+      <c r="E41" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="D41" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E41" s="1" t="s">
+      <c r="F41" t="s">
         <v>163</v>
-      </c>
-[...1 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B42" t="s">
+        <v>164</v>
+      </c>
+      <c r="C42" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="C42" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="1" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="E42" s="1" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F42" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B43" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D43" s="1" t="s">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="E43" s="1" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="F43" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B44" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>151</v>
+        <v>160</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="E44" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F44" t="s">
-        <v>34</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B45" t="s">
-        <v>99</v>
+        <v>176</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>26</v>
+        <v>177</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="F45" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B46" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>177</v>
       </c>
       <c r="D46" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E46" s="1" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F46" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B47" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="D47" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E47" s="1" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="F47" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B48" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="D48" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E48" s="1" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="F48" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="B49" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D49" s="1" t="s">
         <v>178</v>
       </c>
       <c r="E49" s="1" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="F49" t="s">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="B50" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>46</v>
+        <v>188</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="E50" s="1" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="F50" t="s">
         <v>190</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B51" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D51" s="1" t="s">
-        <v>193</v>
+        <v>178</v>
       </c>
       <c r="E51" s="1" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F51" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="B52" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>197</v>
+        <v>177</v>
       </c>
       <c r="D52" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="E52" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="E52" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F52" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B53" t="s">
+        <v>130</v>
+      </c>
+      <c r="C53" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="D53" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="E53" s="1" t="s">
         <v>200</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="F53" t="s">
         <v>201</v>
-      </c>
-[...7 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="B54" t="s">
+        <v>202</v>
+      </c>
+      <c r="C54" s="1" t="s">
         <v>203</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" s="1" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="E54" s="1" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="F54" t="s">
-        <v>34</v>
+        <v>206</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="B55" t="s">
+        <v>207</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="D55" s="1" t="s">
         <v>204</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="E55" s="1" t="s">
         <v>205</v>
       </c>
-      <c r="D55" s="1" t="s">
+      <c r="F55" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>87</v>
+        <v>100</v>
       </c>
       <c r="B56" t="s">
         <v>209</v>
       </c>
       <c r="C56" s="1" t="s">
         <v>210</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="E56" s="1" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="F56" t="s">
-        <v>213</v>
+        <v>206</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="B57" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>216</v>
+        <v>204</v>
       </c>
       <c r="E57" s="1" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="F57" t="s">
-        <v>88</v>
+        <v>206</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="B58" t="s">
+        <v>213</v>
+      </c>
+      <c r="C58" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D58" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="C58" s="1" t="s">
+      <c r="E58" s="1" t="s">
         <v>215</v>
       </c>
-      <c r="D58" s="1" t="s">
+      <c r="F58" t="s">
         <v>216</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="B59" t="s">
+        <v>217</v>
+      </c>
+      <c r="C59" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="D59" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="E59" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="C59" s="1" t="s">
+      <c r="F59" t="s">
         <v>221</v>
-      </c>
-[...7 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>81</v>
+        <v>96</v>
       </c>
       <c r="B60" t="s">
+        <v>222</v>
+      </c>
+      <c r="C60" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="D60" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="C60" s="1" t="s">
+      <c r="E60" s="1" t="s">
         <v>225</v>
       </c>
-      <c r="D60" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F60" t="s">
-        <v>223</v>
+        <v>65</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="B61" t="s">
+        <v>226</v>
+      </c>
+      <c r="C61" s="1" t="s">
         <v>227</v>
       </c>
-      <c r="C61" s="1" t="s">
+      <c r="D61" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="E61" s="1" t="s">
         <v>228</v>
       </c>
-      <c r="D61" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F61" t="s">
-        <v>223</v>
+        <v>65</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>79</v>
+        <v>96</v>
       </c>
       <c r="B62" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>231</v>
+        <v>223</v>
       </c>
       <c r="D62" s="1" t="s">
-        <v>115</v>
+        <v>224</v>
       </c>
       <c r="E62" s="1" t="s">
-        <v>232</v>
+        <v>225</v>
       </c>
       <c r="F62" t="s">
-        <v>223</v>
+        <v>65</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="B63" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="D63" s="1" t="s">
-        <v>235</v>
+        <v>224</v>
       </c>
       <c r="E63" s="1" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="F63" t="s">
-        <v>237</v>
+        <v>33</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>78</v>
+        <v>92</v>
       </c>
       <c r="B64" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="F64" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="B65" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="D65" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="E65" s="1" t="s">
         <v>240</v>
       </c>
-      <c r="E65" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F65" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="B66" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="C66" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="D66" s="1" t="s">
         <v>244</v>
       </c>
-      <c r="D66" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="F66" t="s">
-        <v>246</v>
+        <v>119</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="B67" t="s">
-        <v>249</v>
+        <v>242</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="E67" s="1" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="F67" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="B68" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>253</v>
+        <v>249</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>235</v>
+        <v>141</v>
       </c>
       <c r="E68" s="1" t="s">
-        <v>254</v>
+        <v>250</v>
       </c>
       <c r="F68" t="s">
-        <v>237</v>
+        <v>251</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B69" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>198</v>
+        <v>141</v>
       </c>
       <c r="E69" s="1" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="F69" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="B70" t="s">
+        <v>255</v>
+      </c>
+      <c r="C70" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D70" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="E70" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="F70" t="s">
         <v>259</v>
-      </c>
-[...10 lines deleted...]
-        <v>258</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="B71" t="s">
+        <v>260</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="D71" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="E71" s="1" t="s">
         <v>262</v>
       </c>
-      <c r="C71" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F71" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B72" t="s">
+        <v>263</v>
+      </c>
+      <c r="C72" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="D72" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="E72" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="C72" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F72" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="B73" t="s">
-        <v>138</v>
+        <v>266</v>
       </c>
       <c r="C73" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="D73" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="E73" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="D73" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E73" s="1" t="s">
+      <c r="F73" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="B74" t="s">
+        <v>270</v>
+      </c>
+      <c r="C74" s="1" t="s">
         <v>271</v>
       </c>
-      <c r="C74" s="1" t="s">
+      <c r="D74" s="1" t="s">
         <v>272</v>
       </c>
-      <c r="D74" s="1" t="s">
+      <c r="E74" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="E74" s="1" t="s">
+      <c r="F74" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="B75" t="s">
+        <v>275</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>276</v>
       </c>
-      <c r="C75" s="1" t="s">
+      <c r="D75" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="D75" s="1" t="s">
+      <c r="E75" s="1" t="s">
         <v>278</v>
       </c>
-      <c r="E75" s="1" t="s">
+      <c r="F75" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>66</v>
+        <v>78</v>
       </c>
       <c r="B76" t="s">
+        <v>280</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="C76" s="1" t="s">
+      <c r="D76" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="E76" s="1" t="s">
         <v>282</v>
       </c>
-      <c r="D76" s="1" t="s">
+      <c r="F76" t="s">
         <v>283</v>
-      </c>
-[...4 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="B77" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>288</v>
+        <v>277</v>
       </c>
       <c r="E77" s="1" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="F77" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>293</v>
+        <v>272</v>
       </c>
       <c r="E78" s="1" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="F78" t="s">
-        <v>285</v>
+        <v>274</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="B79" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>193</v>
+        <v>272</v>
       </c>
       <c r="E79" s="1" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="F79" t="s">
-        <v>195</v>
+        <v>274</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>62</v>
+        <v>76</v>
       </c>
       <c r="B80" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>299</v>
+        <v>256</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>193</v>
+        <v>293</v>
       </c>
       <c r="E80" s="1" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="F80" t="s">
-        <v>195</v>
+        <v>259</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>61</v>
+        <v>75</v>
       </c>
       <c r="B81" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>182</v>
+        <v>296</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>193</v>
+        <v>224</v>
       </c>
       <c r="E81" s="1" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="F81" t="s">
-        <v>195</v>
+        <v>298</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="B82" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>305</v>
+        <v>224</v>
       </c>
       <c r="E82" s="1" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="F82" t="s">
-        <v>307</v>
+        <v>298</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>58</v>
+        <v>73</v>
       </c>
       <c r="B83" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="C83" s="1" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="D83" s="1" t="s">
-        <v>310</v>
+        <v>224</v>
       </c>
       <c r="E83" s="1" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="F83" t="s">
-        <v>312</v>
+        <v>298</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="B84" t="s">
-        <v>313</v>
+        <v>305</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>310</v>
+        <v>224</v>
       </c>
       <c r="E84" s="1" t="s">
-        <v>315</v>
+        <v>307</v>
       </c>
       <c r="F84" t="s">
-        <v>312</v>
+        <v>298</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="B85" t="s">
-        <v>316</v>
+        <v>164</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>317</v>
+        <v>308</v>
       </c>
       <c r="D85" s="1" t="s">
-        <v>318</v>
+        <v>166</v>
       </c>
       <c r="E85" s="1" t="s">
-        <v>319</v>
+        <v>309</v>
       </c>
       <c r="F85" t="s">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="B86" t="s">
-        <v>321</v>
+        <v>311</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>322</v>
+        <v>312</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="E86" s="1" t="s">
-        <v>323</v>
+        <v>314</v>
       </c>
       <c r="F86" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="B87" t="s">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>325</v>
+        <v>317</v>
       </c>
       <c r="D87" s="1" t="s">
         <v>318</v>
       </c>
       <c r="E87" s="1" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="F87" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="B88" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="E88" s="1" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="F88" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="B89" t="s">
-        <v>204</v>
+        <v>326</v>
       </c>
       <c r="C89" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="D89" s="1" t="s">
+        <v>328</v>
+      </c>
+      <c r="E89" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="D89" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E89" s="1" t="s">
+      <c r="F89" t="s">
         <v>330</v>
-      </c>
-[...1 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>51</v>
+        <v>64</v>
       </c>
       <c r="B90" t="s">
+        <v>331</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>332</v>
       </c>
-      <c r="C90" s="1" t="s">
+      <c r="D90" s="1" t="s">
         <v>333</v>
       </c>
-      <c r="D90" s="1" t="s">
+      <c r="E90" s="1" t="s">
         <v>334</v>
       </c>
-      <c r="E90" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F90" t="s">
-        <v>336</v>
+        <v>325</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>50</v>
+        <v>63</v>
       </c>
       <c r="B91" t="s">
+        <v>335</v>
+      </c>
+      <c r="C91" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="D91" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="E91" s="1" t="s">
         <v>337</v>
       </c>
-      <c r="C91" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F91" t="s">
-        <v>340</v>
+        <v>221</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="B92" t="s">
-        <v>341</v>
+        <v>338</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>310</v>
+        <v>219</v>
       </c>
       <c r="E92" s="1" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="F92" t="s">
-        <v>340</v>
+        <v>221</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="B93" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="C93" s="1" t="s">
-        <v>345</v>
+        <v>208</v>
       </c>
       <c r="D93" s="1" t="s">
-        <v>310</v>
+        <v>219</v>
       </c>
       <c r="E93" s="1" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="F93" t="s">
-        <v>340</v>
+        <v>221</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="B94" t="s">
+        <v>343</v>
+      </c>
+      <c r="C94" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="D94" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="E94" s="1" t="s">
+        <v>346</v>
+      </c>
+      <c r="F94" t="s">
         <v>347</v>
-      </c>
-[...10 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="B95" t="s">
+        <v>348</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="D95" s="1" t="s">
         <v>350</v>
       </c>
-      <c r="C95" s="1" t="s">
+      <c r="E95" s="1" t="s">
         <v>351</v>
       </c>
-      <c r="D95" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E95" s="1" t="s">
+      <c r="F95" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="B96" t="s">
         <v>353</v>
       </c>
       <c r="C96" s="1" t="s">
         <v>354</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>310</v>
+        <v>350</v>
       </c>
       <c r="E96" s="1" t="s">
         <v>355</v>
       </c>
       <c r="F96" t="s">
-        <v>340</v>
+        <v>352</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="B97" t="s">
         <v>356</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>314</v>
+        <v>357</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>310</v>
+        <v>358</v>
       </c>
       <c r="E97" s="1" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="F97" t="s">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="B98" t="s">
+        <v>361</v>
+      </c>
+      <c r="C98" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="D98" s="1" t="s">
         <v>358</v>
       </c>
-      <c r="C98" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E98" s="1" t="s">
+        <v>363</v>
+      </c>
+      <c r="F98" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="B99" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="D99" s="1" t="s">
+        <v>358</v>
+      </c>
+      <c r="E99" s="1" t="s">
         <v>363</v>
       </c>
-      <c r="E99" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F99" t="s">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="B100" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="E100" s="1" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F100" t="s">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="B101" t="s">
-        <v>368</v>
+        <v>232</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>369</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>363</v>
+        <v>234</v>
       </c>
       <c r="E101" s="1" t="s">
         <v>370</v>
       </c>
       <c r="F101" t="s">
-        <v>340</v>
+        <v>371</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>39</v>
+        <v>51</v>
       </c>
       <c r="B102" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C102" s="1" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D102" s="1" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="E102" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="F102" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="B103" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>373</v>
+        <v>350</v>
       </c>
       <c r="E103" s="1" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="F103" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="B104" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C104" s="1" t="s">
+        <v>382</v>
+      </c>
+      <c r="D104" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="F104" t="s">
         <v>380</v>
-      </c>
-[...7 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="B105" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="D105" s="1" t="s">
-        <v>373</v>
+        <v>350</v>
       </c>
       <c r="E105" s="1" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="F105" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="B106" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>317</v>
+        <v>388</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="E106" s="1" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="F106" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="B107" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>377</v>
+        <v>391</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="E107" s="1" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="F107" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="B108" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="E108" s="1" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="F108" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="B109" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>393</v>
+        <v>354</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>240</v>
+        <v>350</v>
       </c>
       <c r="E109" s="1" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F109" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="B110" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="D110" s="1" t="s">
-        <v>397</v>
+        <v>350</v>
       </c>
       <c r="E110" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F110" t="s">
-        <v>399</v>
+        <v>380</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="B111" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E111" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F111" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="B112" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="E112" s="1" t="s">
         <v>407</v>
       </c>
       <c r="F112" t="s">
-        <v>408</v>
+        <v>380</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="B113" t="s">
+        <v>408</v>
+      </c>
+      <c r="C113" s="1" t="s">
         <v>409</v>
       </c>
-      <c r="C113" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D113" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="E113" s="1" t="s">
         <v>410</v>
       </c>
-      <c r="E113" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F113" t="s">
-        <v>412</v>
+        <v>380</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="B114" t="s">
+        <v>411</v>
+      </c>
+      <c r="C114" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="D114" s="1" t="s">
         <v>413</v>
       </c>
-      <c r="C114" s="1" t="s">
+      <c r="E114" s="1" t="s">
         <v>414</v>
       </c>
-      <c r="D114" s="1" t="s">
+      <c r="F114" t="s">
         <v>415</v>
-      </c>
-[...4 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="B115" t="s">
+        <v>416</v>
+      </c>
+      <c r="C115" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="D115" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="E115" s="1" t="s">
         <v>418</v>
       </c>
-      <c r="C115" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F115" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="B116" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="E116" s="1" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="F116" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="B117" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>420</v>
+        <v>413</v>
       </c>
       <c r="E117" s="1" t="s">
-        <v>428</v>
+        <v>414</v>
       </c>
       <c r="F117" t="s">
-        <v>422</v>
+        <v>415</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="B118" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>430</v>
+        <v>357</v>
       </c>
       <c r="D118" s="1" t="s">
-        <v>420</v>
+        <v>277</v>
       </c>
       <c r="E118" s="1" t="s">
-        <v>431</v>
+        <v>425</v>
       </c>
       <c r="F118" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="B119" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>433</v>
+        <v>417</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>434</v>
+        <v>277</v>
       </c>
       <c r="E119" s="1" t="s">
-        <v>435</v>
+        <v>428</v>
       </c>
       <c r="F119" t="s">
-        <v>412</v>
+        <v>426</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="B120" t="s">
-        <v>209</v>
+        <v>429</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>192</v>
+        <v>430</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>211</v>
+        <v>277</v>
       </c>
       <c r="E120" s="1" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="F120" t="s">
-        <v>437</v>
+        <v>426</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="B121" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
       <c r="D121" s="1" t="s">
-        <v>440</v>
+        <v>277</v>
       </c>
       <c r="E121" s="1" t="s">
-        <v>441</v>
+        <v>434</v>
       </c>
       <c r="F121" t="s">
-        <v>442</v>
+        <v>426</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>18</v>
+        <v>31</v>
       </c>
       <c r="B122" t="s">
-        <v>443</v>
+        <v>266</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>444</v>
+        <v>435</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>445</v>
+        <v>267</v>
       </c>
       <c r="E122" s="1" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="F122" t="s">
-        <v>447</v>
+        <v>437</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>17</v>
+        <v>30</v>
       </c>
       <c r="B123" t="s">
-        <v>448</v>
+        <v>438</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>450</v>
+        <v>440</v>
       </c>
       <c r="E123" s="1" t="s">
-        <v>451</v>
+        <v>441</v>
       </c>
       <c r="F123" t="s">
-        <v>452</v>
+        <v>415</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>16</v>
+        <v>29</v>
       </c>
       <c r="B124" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>454</v>
+        <v>443</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="E124" s="1" t="s">
-        <v>456</v>
+        <v>445</v>
       </c>
       <c r="F124" t="s">
-        <v>457</v>
+        <v>446</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="B125" t="s">
-        <v>458</v>
+        <v>255</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>459</v>
+        <v>218</v>
       </c>
       <c r="D125" s="1" t="s">
-        <v>460</v>
+        <v>257</v>
       </c>
       <c r="E125" s="1" t="s">
-        <v>461</v>
+        <v>447</v>
       </c>
       <c r="F125" t="s">
-        <v>457</v>
+        <v>448</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="B126" t="s">
-        <v>462</v>
+        <v>449</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>463</v>
+        <v>450</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>464</v>
+        <v>451</v>
       </c>
       <c r="E126" s="1" t="s">
-        <v>465</v>
+        <v>452</v>
       </c>
       <c r="F126" t="s">
-        <v>466</v>
+        <v>453</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="B127" t="s">
-        <v>467</v>
+        <v>454</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>469</v>
+        <v>456</v>
       </c>
       <c r="E127" s="1" t="s">
-        <v>470</v>
+        <v>457</v>
       </c>
       <c r="F127" t="s">
-        <v>471</v>
+        <v>458</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="B128" t="s">
-        <v>472</v>
+        <v>459</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="D128" s="1" t="s">
-        <v>473</v>
+        <v>456</v>
       </c>
       <c r="E128" s="1" t="s">
-        <v>474</v>
+        <v>461</v>
       </c>
       <c r="F128" t="s">
-        <v>475</v>
+        <v>458</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="B129" t="s">
-        <v>476</v>
+        <v>462</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>477</v>
+        <v>463</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>478</v>
+        <v>456</v>
       </c>
       <c r="E129" s="1" t="s">
-        <v>479</v>
+        <v>464</v>
       </c>
       <c r="F129" t="s">
-        <v>480</v>
+        <v>458</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="B130" t="s">
-        <v>481</v>
+        <v>465</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>482</v>
+        <v>466</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>483</v>
+        <v>456</v>
       </c>
       <c r="E130" s="1" t="s">
-        <v>484</v>
+        <v>467</v>
       </c>
       <c r="F130" t="s">
-        <v>485</v>
+        <v>458</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="B131" t="s">
-        <v>486</v>
+        <v>292</v>
       </c>
       <c r="C131" s="1" t="s">
         <v>468</v>
       </c>
       <c r="D131" s="1" t="s">
-        <v>487</v>
+        <v>293</v>
       </c>
       <c r="E131" s="1" t="s">
-        <v>488</v>
+        <v>469</v>
       </c>
       <c r="F131" t="s">
-        <v>489</v>
+        <v>448</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="B132" t="s">
-        <v>490</v>
+        <v>237</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>491</v>
+        <v>218</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>492</v>
+        <v>239</v>
       </c>
       <c r="E132" s="1" t="s">
-        <v>493</v>
+        <v>470</v>
       </c>
       <c r="F132" t="s">
-        <v>494</v>
+        <v>471</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>8</v>
+        <v>19</v>
       </c>
       <c r="B133" t="s">
         <v>472</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>495</v>
+        <v>473</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>496</v>
+        <v>474</v>
       </c>
       <c r="E133" s="1" t="s">
-        <v>497</v>
+        <v>475</v>
       </c>
       <c r="F133" t="s">
-        <v>498</v>
+        <v>476</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B134" t="s">
-        <v>499</v>
+        <v>477</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>439</v>
+        <v>478</v>
       </c>
       <c r="D134" s="1" t="s">
-        <v>500</v>
+        <v>479</v>
       </c>
       <c r="E134" s="1" t="s">
-        <v>501</v>
+        <v>480</v>
       </c>
       <c r="F134" t="s">
-        <v>502</v>
+        <v>481</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="B135" t="s">
-        <v>503</v>
+        <v>482</v>
       </c>
       <c r="C135" s="1" t="s">
-        <v>504</v>
+        <v>483</v>
       </c>
       <c r="D135" s="1" t="s">
-        <v>496</v>
+        <v>484</v>
       </c>
       <c r="E135" s="1" t="s">
-        <v>505</v>
+        <v>485</v>
       </c>
       <c r="F135" t="s">
-        <v>498</v>
+        <v>486</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="B136" t="s">
-        <v>506</v>
+        <v>487</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>507</v>
+        <v>488</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
       <c r="E136" s="1" t="s">
-        <v>508</v>
+        <v>490</v>
       </c>
       <c r="F136" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="B137" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="E137" s="1" t="s">
-        <v>510</v>
+        <v>495</v>
       </c>
       <c r="F137" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="B138" t="s">
-        <v>511</v>
+        <v>496</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>512</v>
+        <v>497</v>
       </c>
       <c r="D138" s="1" t="s">
-        <v>513</v>
+        <v>498</v>
       </c>
       <c r="E138" s="1" t="s">
-        <v>514</v>
+        <v>499</v>
       </c>
       <c r="F138" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="B139" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>517</v>
+        <v>502</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>518</v>
+        <v>503</v>
       </c>
       <c r="E139" s="1" t="s">
-        <v>519</v>
+        <v>504</v>
       </c>
       <c r="F139" t="s">
-        <v>520</v>
+        <v>505</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="B140" t="s">
-        <v>521</v>
+        <v>506</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>522</v>
+        <v>502</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>523</v>
+        <v>507</v>
       </c>
       <c r="E140" s="1" t="s">
-        <v>524</v>
+        <v>508</v>
       </c>
       <c r="F140" t="s">
-        <v>525</v>
+        <v>509</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
+        <v>12</v>
+      </c>
+      <c r="B141" t="s">
+        <v>510</v>
+      </c>
+      <c r="C141" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="D141" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E141" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="F141" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142">
+        <v>12</v>
+      </c>
+      <c r="B142" t="s">
+        <v>515</v>
+      </c>
+      <c r="C142" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="D142" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E142" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="F142" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143">
+        <v>12</v>
+      </c>
+      <c r="B143" t="s">
+        <v>510</v>
+      </c>
+      <c r="C143" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D143" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E143" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="F143" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144">
+        <v>12</v>
+      </c>
+      <c r="B144" t="s">
+        <v>510</v>
+      </c>
+      <c r="C144" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="D144" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E144" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="F144" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145">
+        <v>12</v>
+      </c>
+      <c r="B145" t="s">
+        <v>515</v>
+      </c>
+      <c r="C145" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="D145" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E145" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="F145" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146">
+        <v>12</v>
+      </c>
+      <c r="B146" t="s">
+        <v>515</v>
+      </c>
+      <c r="C146" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="D146" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E146" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="F146" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="A147">
+        <v>12</v>
+      </c>
+      <c r="B147" t="s">
+        <v>528</v>
+      </c>
+      <c r="C147" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="D147" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E147" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="F147" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="A148">
+        <v>12</v>
+      </c>
+      <c r="B148" t="s">
+        <v>528</v>
+      </c>
+      <c r="C148" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D148" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E148" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="F148" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="A149">
+        <v>12</v>
+      </c>
+      <c r="B149" t="s">
+        <v>528</v>
+      </c>
+      <c r="C149" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="D149" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E149" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="F149" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="A150">
+        <v>12</v>
+      </c>
+      <c r="B150" t="s">
+        <v>533</v>
+      </c>
+      <c r="C150" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="D150" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E150" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="F150" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="A151">
+        <v>12</v>
+      </c>
+      <c r="B151" t="s">
+        <v>533</v>
+      </c>
+      <c r="C151" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="D151" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E151" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="F151" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="A152">
+        <v>12</v>
+      </c>
+      <c r="B152" t="s">
+        <v>533</v>
+      </c>
+      <c r="C152" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="D152" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="E152" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="F152" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="A153">
+        <v>11</v>
+      </c>
+      <c r="B153" t="s">
+        <v>538</v>
+      </c>
+      <c r="C153" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="D153" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="E153" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="F153" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="A154">
+        <v>10</v>
+      </c>
+      <c r="B154" t="s">
+        <v>543</v>
+      </c>
+      <c r="C154" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="D154" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="E154" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="F154" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="A155">
+        <v>9</v>
+      </c>
+      <c r="B155" t="s">
+        <v>547</v>
+      </c>
+      <c r="C155" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="D155" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="E155" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="F155" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="A156">
+        <v>8</v>
+      </c>
+      <c r="B156" t="s">
+        <v>506</v>
+      </c>
+      <c r="C156" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="D156" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="E156" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="F156" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="A157">
+        <v>8</v>
+      </c>
+      <c r="B157" t="s">
+        <v>556</v>
+      </c>
+      <c r="C157" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="D157" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="E157" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="F157" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="A158">
+        <v>7</v>
+      </c>
+      <c r="B158" t="s">
+        <v>560</v>
+      </c>
+      <c r="C158" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="D158" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="E158" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="F158" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="A159">
+        <v>6</v>
+      </c>
+      <c r="B159" t="s">
+        <v>563</v>
+      </c>
+      <c r="C159" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="D159" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="E159" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="F159" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="A160">
+        <v>5</v>
+      </c>
+      <c r="B160" t="s">
+        <v>538</v>
+      </c>
+      <c r="C160" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="D160" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="E160" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="F160" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="A161">
+        <v>4</v>
+      </c>
+      <c r="B161" t="s">
+        <v>568</v>
+      </c>
+      <c r="C161" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="D161" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="E161" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="F161" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162">
+        <v>3</v>
+      </c>
+      <c r="B162" t="s">
+        <v>573</v>
+      </c>
+      <c r="C162" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="D162" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="E162" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="F162" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="A163">
+        <v>2</v>
+      </c>
+      <c r="B163" t="s">
+        <v>578</v>
+      </c>
+      <c r="C163" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="D163" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="E163" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="F163" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="A164">
         <v>1</v>
       </c>
-      <c r="B141" t="s">
-[...12 lines deleted...]
-        <v>530</v>
+      <c r="B164" t="s">
+        <v>583</v>
+      </c>
+      <c r="C164" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="D164" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="E164" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="F164" t="s">
+        <v>587</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">