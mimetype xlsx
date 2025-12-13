--- v0 (2025-10-29)
+++ v1 (2025-12-13)
@@ -12,1484 +12,1442 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="483">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Licitação</t>
   </si>
   <si>
     <t>Nº/Ano</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Tipo Licit.</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data Abertura</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
+    <t>PREGÃO ELETRÔNICO nº 14/2025</t>
+  </si>
+  <si>
+    <t>14/2025</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>Menor Preço</t>
+  </si>
+  <si>
+    <t>Registro de preços para futura e eventual contrata...</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>Em Andamento</t>
+  </si>
+  <si>
+    <t>3.457.498,74</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 13/2025</t>
+  </si>
+  <si>
+    <t>13/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>2.024.381,50</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 12/2025</t>
+  </si>
+  <si>
+    <t>12/2025</t>
+  </si>
+  <si>
+    <t>DISPENSA</t>
+  </si>
+  <si>
+    <t>Nenhum</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para a confec...</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>Finalizada</t>
+  </si>
+  <si>
+    <t>7.431,80</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 12/2025</t>
+  </si>
+  <si>
+    <t>Registro de Preços para futura e eventual contrata...</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>1.639.544,16</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 11/2025</t>
+  </si>
+  <si>
+    <t>11/2025</t>
+  </si>
+  <si>
+    <t>Registro de Preço para eventual e futura contrataç...</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>2.805.271,24</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 10/2025</t>
+  </si>
+  <si>
+    <t>10/2025</t>
+  </si>
+  <si>
+    <t>251.374,50</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 09/2025</t>
+  </si>
+  <si>
+    <t>09/2025</t>
+  </si>
+  <si>
+    <t>Registro de preço para eventual e futura contrataç...</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>843.794,60</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 12/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>contratação da banda "Rey Vaqueiro" para a realiza...</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>Concluída</t>
+  </si>
+  <si>
+    <t>280.000,00</t>
+  </si>
+  <si>
     <t>INEXIGIBILIDADE nº 11/2025</t>
   </si>
   <si>
-    <t>11/2025</t>
-[...8 lines deleted...]
-    <t>contratação de serviços advocatícios objetivando a atuação especializada no cumprimento da Sentença nº 0076441-80.2016.4.01.3400, assumindo o processo...</t>
+    <t>contratação de serviços advocatícios objetivando a...</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
-    <t>Concluída</t>
-[...1 lines deleted...]
-  <si>
     <t>0,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 08/2025</t>
   </si>
   <si>
     <t>08/2025</t>
   </si>
   <si>
     <t>ADESÃO SRP</t>
   </si>
   <si>
-    <t>Menor Preço</t>
-[...2 lines deleted...]
-    <t>Contratação de empresa especializada para a prestação de serviços de conserto, reparo, reforma e recuperação de móveis (mesas, cadeiras, estantes e it...</t>
+    <t>Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>793.966,25</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 03/2025</t>
   </si>
   <si>
     <t>03/2025</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a execução de serviços de construção de unidades habitacionais em área urbana no município de Lajeado Novo,...</t>
+    <t>Contratação de empresa especializada para a execuç...</t>
   </si>
   <si>
     <t>31/10/2025</t>
   </si>
   <si>
-    <t>Em Andamento</t>
-[...1 lines deleted...]
-  <si>
     <t>3.168.749,00</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO nº 01/2025</t>
   </si>
   <si>
     <t>01/2025</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO</t>
   </si>
   <si>
-    <t>Chamada Pública consiste em credenciar grupos formais/informais de agricultores familiares para fornecimento de gêneros alimentícios oriundos da Agric...</t>
-[...2 lines deleted...]
-    <t>29/10/2025</t>
+    <t>Chamada Pública consiste em credenciar grupos form...</t>
   </si>
   <si>
     <t>192.857,50</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 08/2025</t>
   </si>
   <si>
-    <t>PREGÃO ELETRÔNICO</t>
-[...2 lines deleted...]
-    <t>Registro de preços para eventual e futura contratação de empresa especializada para a execução de serviços de recuperação de macro e micro drenagem em...</t>
+    <t>Registro de preços para eventual e futura contrata...</t>
   </si>
   <si>
     <t>22/10/2025</t>
   </si>
   <si>
     <t>861.862,53</t>
   </si>
   <si>
     <t>DISPENSA nº 15/2025</t>
   </si>
   <si>
     <t>15/2025</t>
   </si>
   <si>
-    <t>DISPENSA</t>
-[...2 lines deleted...]
-    <t>contratação de empresa especializada para a execução dos serviços de coleta, transporte, tratamento, incineração e destinação final de resíduos de ser...</t>
+    <t>contratação de empresa especializada para a execuç...</t>
   </si>
   <si>
     <t>06/10/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 10/2025</t>
   </si>
   <si>
-    <t>10/2025</t>
-[...2 lines deleted...]
-    <t>locação de imóvel com área total de 489,17 m², localizado na Rua Buenos Aires, s/n, Centro, Lajeado Novo – MA, destinado ao funcionamento da Delegacia...</t>
+    <t>locação de imóvel com área total de 489,17 m², loc...</t>
   </si>
   <si>
     <t>26/08/2025</t>
   </si>
   <si>
     <t>24.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 08/2025</t>
   </si>
   <si>
-    <t>locação de imóvel com área total de 280 m², localizado na Rua José Raimundo Pereira, s/n, Centro, Lajeado Novo/MA, para sediar o funcionamento da Unid...</t>
+    <t>locação de imóvel com área total de 280 m², locali...</t>
   </si>
   <si>
     <t>18.216,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 07/2025</t>
   </si>
   <si>
     <t>07/2025</t>
   </si>
   <si>
-    <t>locação de imóvel com área total de 1.032m², situado na Rua Minelvina Alves, nº 78 – Centro, Lajeado Novo/MA, destinado ao funcionamento do Centro de...</t>
+    <t>locação de imóvel com área total de 1.032m², situa...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 09/2025</t>
   </si>
   <si>
-    <t>09/2025</t>
-[...2 lines deleted...]
-    <t>Contratação da banda “Buscapé Arreio de Ouro” para a realização de show artístico no dia 16 de agosto de 2025, em atendimento à programação oficial da...</t>
+    <t>Contratação da banda “Buscapé Arreio de Ouro” para...</t>
   </si>
   <si>
     <t>15/08/2025</t>
   </si>
   <si>
     <t>150.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 14/2025</t>
   </si>
   <si>
-    <t>14/2025</t>
-[...2 lines deleted...]
-    <t>prestação de serviços laboratoriais para a realização de exames citopatológicos destinados ao atendimento das demandas do Fundo Municipal de Saúde de...</t>
+    <t>prestação de serviços laboratoriais para a realiza...</t>
   </si>
   <si>
     <t>14/08/2025</t>
   </si>
   <si>
     <t>DISPENSA nº 13/2025</t>
   </si>
   <si>
-    <t>13/2025</t>
-[...2 lines deleted...]
-    <t>contratação de empresa especializada para upgrade do sistema de controle de ponto eletrônico, ampliando a licença de uso da plataforma RHiD, desenvolv...</t>
+    <t>contratação de empresa especializada para upgrade...</t>
   </si>
   <si>
     <t>29/07/2025</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 05/2025</t>
   </si>
   <si>
     <t>05/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa para Aquisição de mobiliário, eletrodomésticos e equipamentos permanentes diversos, destinados a suprir as necessidades da Pref...</t>
+    <t>Contratação de empresa para Aquisição de mobiliári...</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>851.890,20</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 06/2025</t>
   </si>
   <si>
     <t>06/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada em treinamento e capacitação de servidores públicos através da 2ª Edição do ENACOMP 2025 – Encontro Nacional de C...</t>
+    <t>Contratação de empresa especializada em treinament...</t>
   </si>
   <si>
     <t>22/07/2025</t>
   </si>
   <si>
-    <t>Finalizada</t>
-[...1 lines deleted...]
-  <si>
     <t>20.160,00</t>
   </si>
   <si>
-    <t>DISPENSA nº 12/2025</t>
-[...5 lines deleted...]
-    <t>contratação de empresa especializada para a confecção de laudo técnico de avaliação de gleba urbana, localizada no município de Lajeado Novo - MA.</t>
+    <t>contratação de empresa especializada para a confec...</t>
   </si>
   <si>
     <t>11/06/2025</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 07/2025</t>
   </si>
   <si>
     <t>MENOR PREÇO</t>
   </si>
   <si>
-    <t>Contratação de empresa para aquisição de medicamentos, materiais de saúde, correlatos, higiene, limpeza e proteção individual, para atender às necessi...</t>
+    <t>Contratação de empresa para aquisição de medicamen...</t>
   </si>
   <si>
     <t>2.691.179,07</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 02/2025</t>
   </si>
   <si>
     <t>02/2025</t>
   </si>
   <si>
     <t>Menor Preço Global</t>
   </si>
   <si>
-    <t>Contratação de empresa de engenharia/arquitetura para construção de quadra poliesportiva coberta, no Município de Lajeado Novo/MA</t>
+    <t>Contratação de empresa de engenharia/arquitetura p...</t>
   </si>
   <si>
     <t>27/06/2025</t>
   </si>
   <si>
     <t>1.098.851,70</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 06/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa para aquisições pneus e acessórios pneumáticos para atender as necessidades da frota de veículos para o município de Lajeado No...</t>
+    <t>Contratação de empresa para aquisições pneus e ace...</t>
   </si>
   <si>
     <t>10/06/2025</t>
   </si>
   <si>
     <t>257.081,45</t>
   </si>
   <si>
     <t>DISPENSA nº 10/2023</t>
   </si>
   <si>
     <t>10/2023</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para implantação de Sistema Integrado de Contabilidade, folha de pagamento, controle patrimonial, servidor, nuvem...</t>
+    <t>Contratação de empresa especializada para implanta...</t>
   </si>
   <si>
     <t>26/06/2025</t>
   </si>
   <si>
     <t>40.800,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 04/2025</t>
   </si>
   <si>
     <t>04/2025</t>
   </si>
   <si>
-    <t>contratação pessoa jurídica especializada para aquisição de livros didáticos e complementar SAEB, para alunos do ensino fundamental anos iniciais e fi...</t>
+    <t>contratação pessoa jurídica especializada para aqu...</t>
   </si>
   <si>
     <t>345.700,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 03/2025</t>
   </si>
   <si>
-    <t>contratação de empresa especializada para serviços funerários, de interesse do Fundo Municipal de Assistência Social de Lajeado Novo - MA,</t>
+    <t>contratação de empresa especializada para serviços...</t>
   </si>
   <si>
     <t>388.375,00</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 01/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa de engenharia/arquitetura para execução dos serviços de reforma do prédio do novo centro administrativo da Prefeitura Municipal...</t>
-[...1 lines deleted...]
-  <si>
     <t>05/06/2025</t>
   </si>
   <si>
     <t>200.007,05</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 07/2025</t>
   </si>
   <si>
     <t>Menor Preço por Lote</t>
   </si>
   <si>
-    <t>Registro de Preços para futura e eventual contratação de empresa fornecedora de material de construção civil para atender as demandas das Secretarias...</t>
-[...1 lines deleted...]
-  <si>
     <t>23/07/2025</t>
   </si>
   <si>
     <t>1.775.619,63</t>
   </si>
   <si>
     <t>DISPENSA nº 11/2025</t>
   </si>
   <si>
-    <t>contratação de empresa especializada na prestação de serviços laboratoriais em análises clínicas para atender as demandas da Secretaria Municipal de S...</t>
+    <t>contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>27/05/2025</t>
   </si>
   <si>
     <t>DISPENSA nº 10/2025</t>
   </si>
   <si>
     <t>menor preço</t>
   </si>
   <si>
-    <t>contratação de empresa especializada na confecção de materiais gráficos diversos, com o objetivo de atender às demandas das Secretarias de Saúde, Educ...</t>
+    <t>contratação de empresa especializada na confecção...</t>
   </si>
   <si>
     <t>26/05/2025</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 06/2025</t>
   </si>
   <si>
     <t>MENOR PREÇO GLOBAL</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação de serviços de acesso à internet, contínua, estável e de alta qualidade, com fornecimento de link...</t>
+    <t>Contratação de empresa especializada na prestação...</t>
   </si>
   <si>
     <t>23/05/2025</t>
   </si>
   <si>
     <t>106.400,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 05/2025</t>
   </si>
   <si>
     <t>MENOR PREÇO POR LOTE</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a prestação de serviços de implantação, licenciamento de uso, hospedagem, manutenção e suporte técnico de...</t>
-[...1 lines deleted...]
-  <si>
     <t>144.000,00</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 02/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação de serviços de locação de veículos para atender as demandas das diversas Secretarias Municipais de L...</t>
-[...1 lines deleted...]
-  <si>
     <t>1.657.559,28</t>
   </si>
   <si>
     <t>DISPENSA nº 09/2025</t>
   </si>
   <si>
-    <t>Serviço de Apoio às Micro e Pequenas Empresas do Maranhão - Sebrae/MA para desenvolver o projeto Cidade Empreendedora no município de Lajeado Novo - M...</t>
+    <t>Serviço de Apoio às Micro e Pequenas Empresas do M...</t>
   </si>
   <si>
     <t>11/04/2025</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 04/2025</t>
   </si>
   <si>
     <t>Registro de Preços</t>
   </si>
   <si>
-    <t>Registro de Preços para futura e eventual contratação de empresa fornecedora de água mineral para atender as demandas das Secretarias da Prefeitura M...</t>
-[...1 lines deleted...]
-  <si>
     <t>16/04/2025</t>
   </si>
   <si>
     <t>1.473.730,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 03/2025</t>
   </si>
   <si>
     <t>Registro de preço</t>
   </si>
   <si>
-    <t>Registro de preço para eventual e futura contratação de empresa fornecedora de gás de cozinha GLP destinados as Secretarias da Prefeitura Municipal de...</t>
-[...1 lines deleted...]
-  <si>
     <t>15/04/2025</t>
   </si>
   <si>
     <t>1.026.235,00</t>
   </si>
   <si>
     <t>DISPENSA nº 08/2025</t>
   </si>
   <si>
-    <t>contratação de empresa para o fornecimento de materiais de construção, de interesse do Fundo Municipal de Manutenção e Desenvolvimento da Educação Bás...</t>
+    <t>contratação de empresa para o fornecimento de mate...</t>
   </si>
   <si>
     <t>31/03/2025</t>
   </si>
   <si>
     <t>DISPENSA nº 07/2025</t>
   </si>
   <si>
-    <t>fornecimento de relógios de ponto eletrônico para controle de jornada de trabalho, bombinas e software de apuração de ponto eletrônico</t>
+    <t>fornecimento de relógios de ponto eletrônico para...</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 01/2025</t>
   </si>
   <si>
-    <t>Contratação de pessoa jurídica especializada na prestação de serviços na locação de horas de máquinas e equipamentos pesados visando atender as demand...</t>
+    <t>Contratação de pessoa jurídica especializada na pr...</t>
   </si>
   <si>
     <t>20/10/2025</t>
   </si>
   <si>
     <t>1.939.892,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 18/2024</t>
   </si>
   <si>
     <t>18/2024</t>
   </si>
   <si>
-    <t>Registro de preços para eventual e futura contratação de empresa especializada no fornecimento de material de expediente e material de limpeza para at...</t>
-[...1 lines deleted...]
-  <si>
     <t>15/07/2024</t>
   </si>
   <si>
     <t>1.319.164,86</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 19/2024</t>
   </si>
   <si>
     <t>19/2024</t>
   </si>
   <si>
     <t>Registro de preços- menor preço</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA PARA A AQUISIÇÃO PARCELADA DE GÊNEROS ALIMENTÍCIOS PERECÍVEIS E NÃO PERECÍVEIS VISAND...</t>
+    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATA...</t>
   </si>
   <si>
     <t>04/09/2024</t>
   </si>
   <si>
     <t>859.263,22</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 02/2025</t>
   </si>
   <si>
     <t>maior percentual de desconto</t>
   </si>
   <si>
-    <t>Registro de preço para eventual e futura contratação de empresa fornecedora de combustíveis automotivos, do tipo gasolina comum e aditivada, com fin...</t>
-[...1 lines deleted...]
-  <si>
     <t>24/03/2025</t>
   </si>
   <si>
     <t>Homologada</t>
   </si>
   <si>
     <t>1.610.500,00</t>
   </si>
   <si>
     <t>DISPENSA nº 06/2025</t>
   </si>
   <si>
     <t>Dispensa pelo valor</t>
   </si>
   <si>
-    <t>serviços de implantação, licenciamento, manutenção, atendimento online e presencial, de sistema de gestão escolar, de interesse da Secretaria de Educa...</t>
+    <t>serviços de implantação, licenciamento, manutenção...</t>
   </si>
   <si>
     <t>12/03/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 04/2025</t>
   </si>
   <si>
     <t>inexigibilidade de licitação por serviços técnicos especializados.</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação de serviços de consultoria e assessoria jurídica em direito público municipal de atuação consultiva...</t>
-[...2 lines deleted...]
-    <t>06/03/2025</t>
+    <t>05/11/2025</t>
   </si>
   <si>
     <t>216.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 05/2025</t>
   </si>
   <si>
-    <t>prestação dos serviços de levantamento planialtimétrico de áreas urbanas destinadas a regularização fundiária no Município de Lajeado Novo/MA</t>
+    <t>prestação dos serviços de levantamento planialtimé...</t>
   </si>
   <si>
     <t>25/02/2025</t>
   </si>
   <si>
     <t>DISPENSA nº 04/2025</t>
   </si>
   <si>
-    <t>serviços de Consultoria e Assessoria para apoio nos processos gerenciais que envolvem a Gestão Financeira do Fundo Municipal de Saúde e utilização dos...</t>
+    <t>serviços de Consultoria e Assessoria para apoio no...</t>
   </si>
   <si>
     <t>19/02/2025</t>
   </si>
   <si>
     <t>DISPENSA nº 03/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa para a serviço de comunicação e marketing digital, geração e tratamento de conteúdo publicitário e gestão de redes sociais inst...</t>
+    <t>Contratação de empresa para a serviço de comunicaç...</t>
   </si>
   <si>
     <t>07/02/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 03/2025</t>
   </si>
   <si>
     <t>contratação direta por inexigibilidade de licitação</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada na prestação de serviços de pesquisa e comparação de preços no sistema on line do “BANCO DE PREÇOS” com base nos...</t>
-[...1 lines deleted...]
-  <si>
     <t>24/02/2025</t>
   </si>
   <si>
     <t>12.300,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 02/2025</t>
   </si>
   <si>
     <t>contratação direta por inexigibilidade</t>
   </si>
   <si>
-    <t>contratação, sob a forma de cessão de uso não onerosa, de solução de tecnologia da informação e comunicação com sítio de internet próprio, hospedagem...</t>
+    <t>contratação, sob a forma de cessão de uso não oner...</t>
   </si>
   <si>
     <t>17/03/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 01/2025</t>
   </si>
   <si>
     <t>ontratação direta por inexigibilidade de licitação</t>
   </si>
   <si>
-    <t>1.1. Contratação de pessoa jurídica especializada em serviços de assessoria e consultoria contábil, para dar suporte técnico para o setor de contabili...</t>
+    <t>1.1. Contratação de pessoa jurídica especializada...</t>
   </si>
   <si>
     <t>348.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 01/2025</t>
   </si>
   <si>
     <t>Maior Percentual de Desconto (%) sobre o preço de bomba</t>
   </si>
   <si>
-    <t>Registro de preço para eventual e futura contratação de empresa fornecedora de combustíveis automotivos com finalidade de atender o abastecimento da f...</t>
-[...1 lines deleted...]
-  <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>5.188.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 02/2025</t>
   </si>
   <si>
     <t>pelo maior percentual de desconto</t>
   </si>
   <si>
-    <t>fornecimento de combustíveis para o abastecimento da frota de veículos da Prefeitura Municipal de Lajeado Novo/MA</t>
+    <t>fornecimento de combustíveis para o abastecimento...</t>
   </si>
   <si>
     <t>17/01/2025</t>
   </si>
   <si>
     <t>62.348,00</t>
   </si>
   <si>
     <t>DISPENSA nº 01/2025</t>
   </si>
   <si>
-    <t>Contratação de pessoa jurídica para a prestação de serviço de publicação de atos oficiais (publicidade legal) em jornal diário de grande circulação, p...</t>
+    <t>Contratação de pessoa jurídica para a prestação de...</t>
   </si>
   <si>
     <t>13/01/2025</t>
   </si>
   <si>
     <t>16.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 001/2022</t>
   </si>
   <si>
     <t>001/2022</t>
   </si>
   <si>
-    <t>O presente CONTRATO tem por objeto a Contratação de Serviços de Organização da Jornada Pedagógica que tem como tema "Ansiedade e medo em tempo de pand...</t>
+    <t>O presente CONTRATO tem por objeto a Contratação d...</t>
   </si>
   <si>
     <t>15/02/2022</t>
   </si>
   <si>
     <t>30.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 010/2022</t>
   </si>
   <si>
     <t>010/2022</t>
   </si>
   <si>
-    <t>O presente contrato tem por objeto o registro de Preços para a contratação de empresa especializada para prestação de serviço de consultoria e planeja...</t>
+    <t>O presente contrato tem por objeto o registro de P...</t>
   </si>
   <si>
     <t>09/09/2022</t>
   </si>
   <si>
     <t>231.588,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 01/2021</t>
   </si>
   <si>
     <t>01/2021</t>
   </si>
   <si>
-    <t>Contratação de profissional especializado para prestação de serviços de advocacia, assessoria e consultoria jurídica, visando atender às necessidades...</t>
+    <t>Contratação de profissional especializado para pre...</t>
   </si>
   <si>
     <t>11/01/2021</t>
   </si>
   <si>
     <t>84.000,00</t>
   </si>
   <si>
     <t>ADESÃO ATA DE REGISTRO DE PREÇO nº 020/2021</t>
   </si>
   <si>
     <t>020/2021</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO DE VEÍCULOS</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA LOCAÇÃO...</t>
   </si>
   <si>
     <t>07/06/2021</t>
   </si>
   <si>
     <t>840.600,00</t>
   </si>
   <si>
     <t>ADESÃO ATA DE REGISTRO DE PREÇO nº 03/2021</t>
   </si>
   <si>
     <t>03/2021</t>
   </si>
   <si>
-    <t>prestação de serviços de manutenção, conservação e limpeza do Município de Lajeado Novo - MA</t>
+    <t>prestação de serviços de manutenção, conservação e...</t>
   </si>
   <si>
     <t>29/03/2021</t>
   </si>
   <si>
     <t>1.400.000,00</t>
   </si>
   <si>
     <t>ADESÃO ATA DE REGISTRO DE PREÇO nº 01/2021</t>
   </si>
   <si>
-    <t>EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS PARA REALIZAÇÃO DE EXAMES DE RESSONÂNCIA MAGNÉTICA, TOMOG RAFIA COMPUTADORIZADA...</t>
+    <t>EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA P...</t>
   </si>
   <si>
     <t>04/10/2021</t>
   </si>
   <si>
     <t>16.800,00</t>
   </si>
   <si>
     <t>DISPENSA Nº 02/2024</t>
   </si>
   <si>
     <t>002/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE COMPREENDENDO A DISPONIBILIZAÇÃO DE SOLUÇÕES TECNOLÓGICAS DE GESTÃO E GOVERNA...</t>
+    <t>CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PR...</t>
   </si>
   <si>
     <t>12/01/2024</t>
   </si>
   <si>
     <t>39.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 001/2023</t>
   </si>
   <si>
     <t>001/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA PARA EXECUÇÃO DA REFORMA NA ESCOLA MANOEL PEREIRA VITOR DO MUNICÍPIO DE LAJEADO NOVO-MA.</t>
+    <t>CONTRATAÇÃO EMPRESA ESPECIALIZADA PARA EXECUÇÃO DA...</t>
   </si>
   <si>
     <t>04/01/2024</t>
   </si>
   <si>
     <t>85.442,62</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL N. 5/2021</t>
   </si>
   <si>
     <t>5/2021</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE COMBUSTÍVEL AUTOMOTIVO PARA ATENDER AS NECESSIDADE...</t>
+    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATA...</t>
   </si>
   <si>
     <t>09/02/2021</t>
   </si>
   <si>
     <t>1.452.300,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL N. 19/2021</t>
   </si>
   <si>
     <t>19/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE MATERIAL DE CONSTRUÇÃO, ELÉTRICO E HIDRÁULICO CONF...</t>
-[...1 lines deleted...]
-  <si>
     <t>08/03/2021</t>
   </si>
   <si>
     <t>1.630.261,93</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº 007/2021</t>
   </si>
   <si>
     <t>007/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE MATERIAL DE EXPEDIENTE CONFORME ESPECIFICAÇÕES DO...</t>
-[...1 lines deleted...]
-  <si>
     <t>08/04/2021</t>
   </si>
   <si>
     <t>1.048.211,90</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº 017/2021</t>
   </si>
   <si>
     <t>017/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE GÊNEROS ALIMENTÍCIOS CONFORME ESPECIFICAÇÕES DO TE...</t>
-[...1 lines deleted...]
-  <si>
     <t>871.764,05</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº 022/2021</t>
   </si>
   <si>
     <t>022/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA FORNECIMENTO DE PEÇAS E SERVIÇOS PARA VEÍCULOS E MÁQUINAS CONFORME...</t>
-[...1 lines deleted...]
-  <si>
     <t>09/06/2021</t>
   </si>
   <si>
     <t>1.810.477,61</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº 023/2021</t>
   </si>
   <si>
     <t>023/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM PRESTAÇÃO DE SERVIÇO DE MANUTENÇÃO CORRETIVA E PREVENTIVA E INSTALAÇ...</t>
-[...1 lines deleted...]
-  <si>
     <t>98.262,46</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº 024/2021</t>
   </si>
   <si>
     <t>024/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE AGENCIAMENTO DE VIAGENS, COMPREENDENDO A EMISSÃO, REMARCAÇÃO...</t>
+    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA ESP...</t>
   </si>
   <si>
     <t>17/06/2021</t>
   </si>
   <si>
     <t>111.518,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL N. 25/2021</t>
   </si>
   <si>
     <t>25/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE SERVIÇOS DE VIDRAÇARIA COM FORNECIMENTO DE MATERIAL...</t>
-[...1 lines deleted...]
-  <si>
     <t>5.292,60</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº 026/2021</t>
   </si>
   <si>
     <t>026/2021</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE PROFISSIONAL DA ÁREA PARA A PRESTAÇÃO DE SERVIÇOS DE RESPONSABILIDADES TÉCNICA NO TRATAMENTO, CONTROLE E MONITORAMENTO DA QUALIDADE DA...</t>
+    <t>CONTRATAÇÃO DE PROFISSIONAL DA ÁREA PARA A PRESTAÇ...</t>
   </si>
   <si>
     <t>420,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº 027/2021</t>
   </si>
   <si>
     <t>027/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA O FORNECIMENTO E INSTALAÇÃO E MANUTENÇÃO DE PERSIANAS, CORTINAS E...</t>
-[...1 lines deleted...]
-  <si>
     <t>02/07/2021</t>
   </si>
   <si>
     <t>5.346,00</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº 028/2021</t>
   </si>
   <si>
     <t>028/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE COMUNICAÇÃO VISUAL, PARA ATENDER AS NECES...</t>
-[...1 lines deleted...]
-  <si>
     <t>3.019,70</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº 029/2021</t>
   </si>
   <si>
     <t>029/2021</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE LICENÇA DE USO DE SOFTWARE EM PLATAFORMA DESKTOP DE SERVIDORES WINDOWS ABRANGENDO M...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃ...</t>
   </si>
   <si>
     <t>16/07/2021</t>
   </si>
   <si>
     <t>715,50</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº 003/2021</t>
   </si>
   <si>
     <t>003/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM MANUTENÇÃO PREVENTIVA E CORRETIVA EM EQUIPAMENTOS DE INFORMÁTICA, PA...</t>
-[...1 lines deleted...]
-  <si>
     <t>09/08/2021</t>
   </si>
   <si>
     <t>Aberta</t>
   </si>
   <si>
     <t>71.376,40</t>
   </si>
   <si>
     <t>PREGÃO PRESENCIAL nº 032/2021</t>
   </si>
   <si>
     <t>032/2021</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA A PRESTAÇÃO DE SERVIÇOS DE HIGIENIZAÇÃO VEICULAR PARA ATENDER AS N...</t>
-[...1 lines deleted...]
-  <si>
     <t>20/08/2021</t>
   </si>
   <si>
     <t>869,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 001/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA PARA FORNECIMENTO DE COMBUSTÍVEL (GASOLINA E ÓLEO DIESEL) POR MAIOR DESCONTO SOBRE A...</t>
-[...1 lines deleted...]
-  <si>
     <t>18/02/2022</t>
   </si>
   <si>
     <t>25.679,13</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 003/2022</t>
   </si>
   <si>
     <t>003/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM CONFECÇÃO DE SERVIÇOS DE MALHARIA EM GERAL PARA ATENDER AS DEMANDAS DO PREFEI...</t>
+    <t>REGISTRO DE PREÇOS PARA EVENTUAL CONTRATAÇÃO DE EM...</t>
   </si>
   <si>
     <t>21/03/2022</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 004/2022</t>
   </si>
   <si>
     <t>004/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS FUNERÁRIOS COM FORNECIMENTO DE URNAS MORTUÁRIAS (TAMANHOS...</t>
-[...1 lines deleted...]
-  <si>
     <t>05/05/2022</t>
   </si>
   <si>
     <t>4.202,35</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 005/2022</t>
   </si>
   <si>
     <t>005/2022</t>
   </si>
   <si>
-    <t>A NECESSIDADE DE APERFEIÇOAMENTO DA GESTÃO DAS INSTITUIÇÕES DE SAÚDE NO BRASIL É UM CONSENSO. INÚMERAS SÃO AS INICIATIVAS, NACIONAIS E EM DIVERSOS EST...</t>
+    <t>A NECESSIDADE DE APERFEIÇOAMENTO DA GESTÃO DAS INS...</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 011/2022</t>
   </si>
   <si>
     <t>011/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA AQUISIÇÃO DE PEÇAS, PNEUS E CORRELATOS E SERVIÇOS DE MECÂNICA EM GERAL PARA UTILIZAÇÃO NOS VEÍCULOS E EQUIPA...</t>
+    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA AQUISIÇÃ...</t>
   </si>
   <si>
     <t>20/09/2022</t>
   </si>
   <si>
     <t>104.450,13</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 012/2022</t>
   </si>
   <si>
     <t>012/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA DE ENGENHARIA ESPECIALIZADA PARA A EXECUÇÃO DOS SERVIÇOS DE MANUTENÇÃO PREVENTIVA E C...</t>
-[...1 lines deleted...]
-  <si>
     <t>1.089.954,03</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 013/2022</t>
   </si>
   <si>
     <t>013/2022</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE TRANSPORTE ESCOLAR DA REDE DE EDUCAÇÃO BÁSI...</t>
-[...1 lines deleted...]
-  <si>
     <t>08/11/2022</t>
   </si>
   <si>
     <t>16.044,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 003/2023</t>
   </si>
   <si>
     <t>003/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE SUPRIMENTOS, MATERIAIS E EQUIPAMENTOS DE INFORMÁTICA E CONTRATAÇÃO DE SERVIÇOS DE RECARGA E REM...</t>
+    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃ...</t>
   </si>
   <si>
     <t>13/02/2023</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 002/2023</t>
   </si>
   <si>
     <t>002/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA NA CONFECÇÃO, INSTALAÇÃO E MANUTENÇÃO DE PERSIANAS, CORTINAS E BANDÔS, PARA ATENDER...</t>
-[...1 lines deleted...]
-  <si>
     <t>Cancelada</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 005/2023</t>
   </si>
   <si>
     <t>005/2023</t>
   </si>
   <si>
     <t>22/03/2023</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 008/2023</t>
   </si>
   <si>
     <t>008/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DOS SERVIÇOS DE RECUPERAÇÃO DE ESTRADAS VICINAIS DO MUNICÍPIO DE LAJEADO NOVO-MA, RECURSO FEDERAL CODEVASF - CONV...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA EXECUÇÃO DOS SERVIÇOS...</t>
   </si>
   <si>
     <t>29/03/2023</t>
   </si>
   <si>
     <t>9.600,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 010/2023</t>
   </si>
   <si>
     <t>010/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE EXPEDIENTE E MATERIAL DE LIMPEZA PARA AT...</t>
-[...1 lines deleted...]
-  <si>
     <t>27/04/2023</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 006/2023</t>
   </si>
   <si>
     <t>006/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL DE CONSTRUÇÃO, ELÉTRICO E HIDRÁULICOS PARA...</t>
-[...1 lines deleted...]
-  <si>
     <t>28/04/2023</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 009/2023</t>
   </si>
   <si>
     <t>009/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MEDICAMENTOS PARA UNIDADES BÁSICAS DE SAÚDE, MATERIA...</t>
-[...1 lines deleted...]
-  <si>
     <t>11/05/2023</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 013/2023</t>
   </si>
   <si>
     <t>013/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM CONFECÇÃO E SERVIÇOS DE MALHARIA EM GERAL PARA ATENDER A DEMANDA DO...</t>
-[...1 lines deleted...]
-  <si>
     <t>14/06/2023</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 011/2023</t>
   </si>
   <si>
     <t>011/2023</t>
   </si>
   <si>
-    <t>PRESENTE 11 TEM POR O REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE MATERIAL PERMANENTE E MOBILIÁR...</t>
+    <t>PRESENTE 11 TEM POR O REGISTRO DE PREÇOS PARA EVEN...</t>
   </si>
   <si>
     <t>21/06/2023</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 015/2023</t>
   </si>
   <si>
     <t>015/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE LIMPEZA PÚBLICA, COM O FORNECIMENTO DE TO...</t>
-[...1 lines deleted...]
-  <si>
     <t>22/06/2023</t>
   </si>
   <si>
     <t>1.889.427,74</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 016/2023</t>
   </si>
   <si>
     <t>016/2023</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM CONFECÇÃO DE SERVIÇOS GRAFICOS EM GERAL PARA ATENDER AS DEMANDAS DA...</t>
-[...1 lines deleted...]
-  <si>
     <t>19/07/2023</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 017/2023</t>
   </si>
   <si>
     <t>017/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO AQUISIÇÃO DE MOBILIÁRIOS ESCOLAR REFERENTE AO SEGUINTE TERMO DE COMPROMISSO, PLANO DE AÇÕES ARTIC...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMEN...</t>
   </si>
   <si>
     <t>20/09/2023</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 019/2023</t>
   </si>
   <si>
     <t>019/2023</t>
   </si>
   <si>
-    <t>REFORMA DO CENTRO DE CONVIVENCIA - CC DO MUNICÍPIO DE LAJEADO NOVO-MA, VINCULADO AO CONVÊNIO OU CONTRATO DE REPASSE Nº 1083.409-38, NÚMERO SICONV CONV...</t>
+    <t>REFORMA DO CENTRO DE CONVIVENCIA - CC DO MUNICÍPIO...</t>
   </si>
   <si>
     <t>20/12/2023</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 018/2023</t>
   </si>
   <si>
     <t>018/2023</t>
   </si>
   <si>
-    <t>AQUISIÇÃO DE VEÍCULOS PARA ATENDER AS NECESSIDADES DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE LAJEADO NOVO-MA, ATRAVÉS DE RECURSO D...</t>
+    <t>AQUISIÇÃO DE VEÍCULOS PARA ATENDER AS NECESSIDADES...</t>
   </si>
   <si>
     <t>03/01/2024</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 020/2023</t>
   </si>
   <si>
     <t>020/2023</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA REALIZAÇÃO DE SERVIÇOS REGULARES DE MANUTENÇÃO PREVENTIVA E CORRETIVA, MELHORIA, AMPLIAÇÃO E ACOMPANHAMENTO...</t>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA REALIZAÇ...</t>
   </si>
   <si>
     <t>29/01/2024</t>
   </si>
   <si>
     <t>161.511,01</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 001/2024</t>
   </si>
   <si>
     <t>001/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA EVENTUAL E FUTURA AQUISIÇÃO DE 2 (DUAS) AMBULÂNCIAS TIPO A  SIMPLES REMOÇÃO  TIPO PICK-UP 4X4  MOTOR DIESEL, 0 KM, 2(DOIS) V...</t>
+    <t>REGISTRO DE PREÇO PARA EVENTUAL E FUTURA AQUISIÇÃO...</t>
   </si>
   <si>
     <t>20/02/2024</t>
   </si>
   <si>
     <t>Fracassada</t>
   </si>
   <si>
     <t>1.668.453,33</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 003/2024</t>
   </si>
   <si>
     <t>003/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇO DELINK DE INTERNET DEDICADA FULL DUPLEX TRANS...</t>
-[...1 lines deleted...]
-  <si>
     <t>23/02/2024</t>
   </si>
   <si>
     <t>814,68</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 004/2024</t>
   </si>
   <si>
     <t>004/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE PESSOA JURÍDICA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇO DE LOCAÇÃO DE VEÍCULOS DE PEQUENO, MÉDI...</t>
-[...1 lines deleted...]
-  <si>
     <t>29/02/2024</t>
   </si>
   <si>
     <t>463.860,18</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 005/2024</t>
   </si>
   <si>
     <t>005/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO DE GÊNEROS ALIMENTÍCIOS PARA COMPOR O CARDÁPIO DA MERENDA ESCOLAR PARA O ANO LETIVO DE 2024, DOS AL...</t>
+    <t>REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO...</t>
   </si>
   <si>
     <t>1.190.352,25</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 007/2024</t>
   </si>
   <si>
     <t>007/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA PARA AQUISIÇÃO DE PNEUS, CÂMARAS E PRESTAÇÃO DE SERVIÇOS AUTOMOTIVOS CONTINUADOS PARA...</t>
-[...1 lines deleted...]
-  <si>
     <t>21/03/2024</t>
   </si>
   <si>
     <t>1.367.928,92</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 008/2024</t>
   </si>
   <si>
     <t>008/2024</t>
   </si>
   <si>
     <t>MAIOR DESCONTO</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE PEÇAS, COMPONENTES E ACESSÓRIOS AUTOMOTIVOS COM AS MESMAS ESPECIFICAÇÕES TÉCNICAS E CARACTERÍST...</t>
-[...1 lines deleted...]
-  <si>
     <t>1.167.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 006/2024</t>
   </si>
   <si>
     <t>006/2024</t>
   </si>
   <si>
-    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS ESPECIALIZADA VISANDO A MANUTENÇÃO DE ESTRADAS VICINAIS NA ZONA RURAL DO MUNICÍPIO DE LAJEADO NOVO -...</t>
+    <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS...</t>
   </si>
   <si>
     <t>12.030,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 009/2024</t>
   </si>
   <si>
     <t>009/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVICO DE COMUNICAÇÃO VISUAL, INCLUINDO TODOS OS MATER...</t>
-[...1 lines deleted...]
-  <si>
     <t>01/04/2024</t>
   </si>
   <si>
     <t>375.017,81</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 010/2024</t>
   </si>
   <si>
     <t>010/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL AQUISIÇÃO DE LIVROS DIDÁTICOS VISANDO ATENDER A SECRETARIA DE MUNICIPAL DE EDUCAÇÃO DE LAJEADO NOVO - MA.</t>
-[...1 lines deleted...]
-  <si>
     <t>05/04/2024</t>
   </si>
   <si>
     <t>217.886,62</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 011/2024</t>
   </si>
   <si>
     <t>011/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇOS PARA FUTURA E EVENTUAL CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE TRANSPORTE ESCOLAR DA REDE DE EDUCAÇÃO BÁSI...</t>
-[...1 lines deleted...]
-  <si>
     <t>2.065.324,56</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 013/2024</t>
   </si>
   <si>
     <t>013/2024</t>
   </si>
   <si>
-    <t>REGISTRO DE PREÇO PARA EVENTUAL E FUTURA AQUISIÇÃO DE 2 (DUAS) AMBUL NCIAS TIPO A  SIMPLES REMOÇÃO  TIPO PICK-UP 4X4  MOTOR DIESEL, 0 KM, 2(DOIS) V...</t>
-[...1 lines deleted...]
-  <si>
     <t>30/04/2024</t>
   </si>
   <si>
     <t>1.848.530,01</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 012/2024</t>
   </si>
   <si>
     <t>012/2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>REGISTRO DE PREÇOS PARA EVENTUAL E FUTURA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA REALIZAÇÃO DE LEVANTAMENTO PLANIMÉTRICO DE ÁREAS URBANAS DESTINADA...</t>
   </si>
   <si>
     <t>27/05/2024</t>
   </si>
   <si>
     <t>753.514,34</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 014/2024</t>
   </si>
   <si>
     <t>014/2024</t>
   </si>
   <si>
     <t>1.062.066,28</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -1810,3131 +1768,3363 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I107"/>
+  <dimension ref="A1:I115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I107" sqref="I107"/>
+      <selection activeCell="I115" sqref="I115"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>125</v>
+        <v>133</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>15</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
-[...2 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" s="1" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
+      <c r="H5" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="1" t="s">
         <v>32</v>
-      </c>
-[...13 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>122</v>
+        <v>130</v>
       </c>
       <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
         <v>36</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="H6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>37</v>
-      </c>
-[...13 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="B7" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>44</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="H7" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E9" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F9" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="G9" t="s">
         <v>49</v>
       </c>
       <c r="H9" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
+        <v>34</v>
+      </c>
+      <c r="D10" t="s">
+        <v>47</v>
+      </c>
+      <c r="E10" t="s">
+        <v>24</v>
+      </c>
+      <c r="F10" t="s">
+        <v>53</v>
+      </c>
+      <c r="G10" t="s">
         <v>54</v>
       </c>
-      <c r="C10" t="s">
+      <c r="H10" t="s">
+        <v>50</v>
+      </c>
+      <c r="I10" s="1" t="s">
         <v>55</v>
-      </c>
-[...16 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>117</v>
+        <v>125</v>
       </c>
       <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
         <v>57</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>59</v>
       </c>
       <c r="G11" t="s">
+        <v>54</v>
+      </c>
+      <c r="H11" t="s">
+        <v>50</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="B12" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="C12" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>63</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="G12" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H12" t="s">
         <v>15</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="B13" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C13" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D13" t="s">
-        <v>43</v>
+        <v>69</v>
       </c>
       <c r="E13" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
       <c r="G13" t="s">
-        <v>65</v>
+        <v>49</v>
       </c>
       <c r="H13" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="B14" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="C14" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F14" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="G14" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="H14" t="s">
         <v>15</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>16</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>113</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="C15" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="D15" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E15" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F15" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="G15" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="H15" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="B16" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C16" t="s">
-        <v>76</v>
+        <v>39</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E16" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F16" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="G16" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="H16" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="B17" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C17" t="s">
+        <v>57</v>
+      </c>
+      <c r="D17" t="s">
+        <v>47</v>
+      </c>
+      <c r="E17" t="s">
+        <v>24</v>
+      </c>
+      <c r="F17" t="s">
+        <v>85</v>
+      </c>
+      <c r="G17" t="s">
         <v>82</v>
       </c>
-      <c r="D17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H17" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>16</v>
+        <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="B18" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C18" t="s">
-        <v>55</v>
+        <v>88</v>
       </c>
       <c r="D18" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E18" t="s">
+        <v>24</v>
+      </c>
+      <c r="F18" t="s">
+        <v>89</v>
+      </c>
+      <c r="G18" t="s">
+        <v>82</v>
+      </c>
+      <c r="H18" t="s">
+        <v>50</v>
+      </c>
+      <c r="I18" s="1" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="B19" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C19" t="s">
-        <v>90</v>
+        <v>42</v>
       </c>
       <c r="D19" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E19" t="s">
+        <v>24</v>
+      </c>
+      <c r="F19" t="s">
         <v>91</v>
       </c>
-      <c r="F19" t="s">
+      <c r="G19" t="s">
         <v>92</v>
       </c>
-      <c r="G19" t="s">
+      <c r="H19" t="s">
+        <v>50</v>
+      </c>
+      <c r="I19" s="1" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>108</v>
+        <v>116</v>
       </c>
       <c r="B20" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="C20" t="s">
-        <v>76</v>
+        <v>42</v>
       </c>
       <c r="D20" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E20" t="s">
-        <v>86</v>
+        <v>24</v>
       </c>
       <c r="F20" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="G20" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
       <c r="H20" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="B21" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="C21" t="s">
-        <v>100</v>
+        <v>10</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="E21" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F21" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="G21" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="H21" t="s">
         <v>15</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>103</v>
+        <v>55</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>106</v>
+        <v>114</v>
       </c>
       <c r="B22" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="C22" t="s">
-        <v>105</v>
+        <v>18</v>
       </c>
       <c r="D22" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="E22" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="G22" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="H22" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>107</v>
+        <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>105</v>
+        <v>113</v>
       </c>
       <c r="B23" t="s">
-        <v>108</v>
+        <v>100</v>
       </c>
       <c r="C23" t="s">
-        <v>24</v>
+        <v>101</v>
       </c>
       <c r="D23" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="E23" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F23" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="G23" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
       <c r="H23" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>104</v>
+        <v>112</v>
       </c>
       <c r="B24" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C24" t="s">
-        <v>31</v>
+        <v>106</v>
       </c>
       <c r="D24" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="E24" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="F24" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="G24" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="H24" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="B25" t="s">
-        <v>115</v>
+        <v>21</v>
       </c>
       <c r="C25" t="s">
+        <v>22</v>
+      </c>
+      <c r="D25" t="s">
+        <v>23</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>110</v>
+      </c>
+      <c r="G25" t="s">
+        <v>111</v>
+      </c>
+      <c r="H25" t="s">
+        <v>50</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>55</v>
-      </c>
-[...16 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="B26" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>88</v>
       </c>
       <c r="D26" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="E26" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F26" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="G26" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
       <c r="H26" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>16</v>
+        <v>115</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>101</v>
+        <v>109</v>
       </c>
       <c r="B27" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="C27" t="s">
-        <v>47</v>
+        <v>117</v>
       </c>
       <c r="D27" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="E27" t="s">
-        <v>124</v>
+        <v>118</v>
       </c>
       <c r="F27" t="s">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="G27" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="H27" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>16</v>
+        <v>121</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="C28" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="D28" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="E28" t="s">
-        <v>128</v>
+        <v>113</v>
       </c>
       <c r="F28" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="G28" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="H28" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="B29" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="C29" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="D29" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="E29" t="s">
-        <v>133</v>
+        <v>113</v>
       </c>
       <c r="F29" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="G29" t="s">
+        <v>129</v>
+      </c>
+      <c r="H29" t="s">
+        <v>50</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="B30" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="C30" t="s">
-        <v>90</v>
+        <v>132</v>
       </c>
       <c r="D30" t="s">
-        <v>19</v>
+        <v>58</v>
       </c>
       <c r="E30" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F30" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="G30" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H30" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>97</v>
+        <v>105</v>
       </c>
       <c r="B31" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C31" t="s">
+        <v>62</v>
+      </c>
+      <c r="D31" t="s">
         <v>58</v>
       </c>
-      <c r="D31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E31" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F31" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="G31" t="s">
-        <v>141</v>
+        <v>103</v>
       </c>
       <c r="H31" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>16</v>
+        <v>137</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>96</v>
+        <v>104</v>
       </c>
       <c r="B32" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C32" t="s">
-        <v>105</v>
+        <v>68</v>
       </c>
       <c r="D32" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
       <c r="E32" t="s">
-        <v>143</v>
+        <v>118</v>
       </c>
       <c r="F32" t="s">
-        <v>144</v>
+        <v>119</v>
       </c>
       <c r="G32" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="H32" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="B33" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="C33" t="s">
-        <v>24</v>
+        <v>88</v>
       </c>
       <c r="D33" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="F33" t="s">
-        <v>149</v>
+        <v>30</v>
       </c>
       <c r="G33" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="H33" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>94</v>
+        <v>102</v>
       </c>
       <c r="B34" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="C34" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="D34" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="E34" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F34" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="G34" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="H34" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>93</v>
+        <v>101</v>
       </c>
       <c r="B35" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="C35" t="s">
+        <v>39</v>
+      </c>
+      <c r="D35" t="s">
+        <v>23</v>
+      </c>
+      <c r="E35" t="s">
+        <v>149</v>
+      </c>
+      <c r="F35" t="s">
+        <v>150</v>
+      </c>
+      <c r="G35" t="s">
+        <v>151</v>
+      </c>
+      <c r="H35" t="s">
+        <v>27</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>55</v>
-      </c>
-[...16 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>92</v>
+        <v>100</v>
       </c>
       <c r="B36" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="C36" t="s">
-        <v>31</v>
+        <v>106</v>
       </c>
       <c r="D36" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>86</v>
+        <v>153</v>
       </c>
       <c r="F36" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="G36" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="H36" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>91</v>
+        <v>99</v>
       </c>
       <c r="B37" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="C37" t="s">
-        <v>163</v>
+        <v>101</v>
       </c>
       <c r="D37" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>86</v>
+        <v>158</v>
       </c>
       <c r="F37" t="s">
-        <v>164</v>
+        <v>59</v>
       </c>
       <c r="G37" t="s">
-        <v>165</v>
+        <v>155</v>
       </c>
       <c r="H37" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>90</v>
+        <v>98</v>
       </c>
       <c r="B38" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="C38" t="s">
-        <v>168</v>
+        <v>117</v>
       </c>
       <c r="D38" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="E38" t="s">
-        <v>169</v>
+        <v>113</v>
       </c>
       <c r="F38" t="s">
-        <v>170</v>
+        <v>154</v>
       </c>
       <c r="G38" t="s">
-        <v>171</v>
+        <v>129</v>
       </c>
       <c r="H38" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>172</v>
+        <v>161</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="B39" t="s">
-        <v>173</v>
+        <v>162</v>
       </c>
       <c r="C39" t="s">
-        <v>90</v>
+        <v>42</v>
       </c>
       <c r="D39" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="E39" t="s">
-        <v>174</v>
+        <v>113</v>
       </c>
       <c r="F39" t="s">
-        <v>175</v>
+        <v>163</v>
       </c>
       <c r="G39" t="s">
-        <v>176</v>
+        <v>164</v>
       </c>
       <c r="H39" t="s">
-        <v>177</v>
+        <v>50</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>178</v>
+        <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="B40" t="s">
-        <v>179</v>
+        <v>165</v>
       </c>
       <c r="C40" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="D40" t="s">
-        <v>43</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>180</v>
+        <v>166</v>
       </c>
       <c r="F40" t="s">
-        <v>181</v>
+        <v>30</v>
       </c>
       <c r="G40" t="s">
-        <v>182</v>
+        <v>167</v>
       </c>
       <c r="H40" t="s">
         <v>15</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>16</v>
+        <v>168</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="B41" t="s">
-        <v>183</v>
+        <v>169</v>
       </c>
       <c r="C41" t="s">
-        <v>105</v>
+        <v>62</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>184</v>
+        <v>170</v>
       </c>
       <c r="F41" t="s">
-        <v>185</v>
+        <v>43</v>
       </c>
       <c r="G41" t="s">
-        <v>186</v>
+        <v>171</v>
       </c>
       <c r="H41" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>187</v>
+        <v>172</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>86</v>
+        <v>94</v>
       </c>
       <c r="B42" t="s">
-        <v>188</v>
+        <v>173</v>
       </c>
       <c r="C42" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="D42" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="E42" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F42" t="s">
-        <v>189</v>
+        <v>174</v>
       </c>
       <c r="G42" t="s">
-        <v>190</v>
+        <v>175</v>
       </c>
       <c r="H42" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>84</v>
+        <v>93</v>
       </c>
       <c r="B43" t="s">
-        <v>191</v>
+        <v>176</v>
       </c>
       <c r="C43" t="s">
-        <v>105</v>
+        <v>88</v>
       </c>
       <c r="D43" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="E43" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F43" t="s">
-        <v>192</v>
+        <v>177</v>
       </c>
       <c r="G43" t="s">
-        <v>193</v>
+        <v>178</v>
       </c>
       <c r="H43" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>16</v>
+        <v>55</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>83</v>
+        <v>92</v>
       </c>
       <c r="B44" t="s">
-        <v>194</v>
+        <v>179</v>
       </c>
       <c r="C44" t="s">
-        <v>24</v>
+        <v>68</v>
       </c>
       <c r="D44" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="E44" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F44" t="s">
-        <v>195</v>
+        <v>180</v>
       </c>
       <c r="G44" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
       <c r="H44" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>16</v>
+        <v>182</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="B45" t="s">
-        <v>197</v>
+        <v>183</v>
       </c>
       <c r="C45" t="s">
-        <v>24</v>
+        <v>184</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>198</v>
+        <v>113</v>
       </c>
       <c r="F45" t="s">
-        <v>199</v>
+        <v>73</v>
       </c>
       <c r="G45" t="s">
-        <v>200</v>
+        <v>185</v>
       </c>
       <c r="H45" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>201</v>
+        <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="B46" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="C46" t="s">
-        <v>90</v>
+        <v>188</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>203</v>
+        <v>189</v>
       </c>
       <c r="F46" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
       <c r="G46" t="s">
-        <v>205</v>
+        <v>191</v>
       </c>
       <c r="H46" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>16</v>
+        <v>192</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="B47" t="s">
-        <v>206</v>
+        <v>193</v>
       </c>
       <c r="C47" t="s">
-        <v>31</v>
+        <v>117</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>207</v>
+        <v>194</v>
       </c>
       <c r="F47" t="s">
-        <v>208</v>
+        <v>43</v>
       </c>
       <c r="G47" t="s">
-        <v>205</v>
+        <v>195</v>
       </c>
       <c r="H47" t="s">
-        <v>15</v>
+        <v>196</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>209</v>
+        <v>197</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="B48" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="C48" t="s">
-        <v>31</v>
+        <v>106</v>
       </c>
       <c r="D48" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="E48" t="s">
-        <v>211</v>
+        <v>199</v>
       </c>
       <c r="F48" t="s">
-        <v>212</v>
+        <v>200</v>
       </c>
       <c r="G48" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="H48" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>214</v>
+        <v>55</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="B49" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="C49" t="s">
-        <v>90</v>
+        <v>132</v>
       </c>
       <c r="D49" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="E49" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="F49" t="s">
-        <v>217</v>
+        <v>154</v>
       </c>
       <c r="G49" t="s">
-        <v>218</v>
+        <v>204</v>
       </c>
       <c r="H49" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>219</v>
+        <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="B50" t="s">
-        <v>220</v>
+        <v>206</v>
       </c>
       <c r="C50" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="D50" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="E50" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F50" t="s">
-        <v>221</v>
+        <v>207</v>
       </c>
       <c r="G50" t="s">
-        <v>222</v>
+        <v>208</v>
       </c>
       <c r="H50" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>223</v>
+        <v>55</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>75</v>
+        <v>84</v>
       </c>
       <c r="B51" t="s">
-        <v>224</v>
+        <v>209</v>
       </c>
       <c r="C51" t="s">
-        <v>225</v>
+        <v>132</v>
       </c>
       <c r="D51" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="E51" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="F51" t="s">
-        <v>226</v>
+        <v>210</v>
       </c>
       <c r="G51" t="s">
-        <v>227</v>
+        <v>211</v>
       </c>
       <c r="H51" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>228</v>
+        <v>55</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="B52" t="s">
-        <v>229</v>
+        <v>212</v>
       </c>
       <c r="C52" t="s">
-        <v>230</v>
+        <v>62</v>
       </c>
       <c r="D52" t="s">
-        <v>37</v>
+        <v>23</v>
       </c>
       <c r="E52" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="F52" t="s">
-        <v>231</v>
+        <v>213</v>
       </c>
       <c r="G52" t="s">
-        <v>232</v>
+        <v>214</v>
       </c>
       <c r="H52" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>233</v>
+        <v>55</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="B53" t="s">
-        <v>234</v>
+        <v>215</v>
       </c>
       <c r="C53" t="s">
-        <v>235</v>
+        <v>62</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E53" t="s">
-        <v>20</v>
+        <v>216</v>
       </c>
       <c r="F53" t="s">
-        <v>236</v>
+        <v>154</v>
       </c>
       <c r="G53" t="s">
-        <v>237</v>
+        <v>217</v>
       </c>
       <c r="H53" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>238</v>
+        <v>218</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>69</v>
+        <v>80</v>
       </c>
       <c r="B54" t="s">
-        <v>239</v>
+        <v>219</v>
       </c>
       <c r="C54" t="s">
-        <v>240</v>
+        <v>117</v>
       </c>
       <c r="D54" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E54" t="s">
-        <v>20</v>
+        <v>220</v>
       </c>
       <c r="F54" t="s">
-        <v>241</v>
+        <v>221</v>
       </c>
       <c r="G54" t="s">
-        <v>242</v>
+        <v>222</v>
       </c>
       <c r="H54" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>243</v>
+        <v>55</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
+        <v>79</v>
+      </c>
+      <c r="B55" t="s">
+        <v>223</v>
+      </c>
+      <c r="C55" t="s">
         <v>68</v>
       </c>
-      <c r="B55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D55" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="E55" t="s">
-        <v>20</v>
+        <v>224</v>
       </c>
       <c r="F55" t="s">
-        <v>246</v>
+        <v>225</v>
       </c>
       <c r="G55" t="s">
-        <v>247</v>
+        <v>222</v>
       </c>
       <c r="H55" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>248</v>
+        <v>226</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="B56" t="s">
-        <v>249</v>
+        <v>227</v>
       </c>
       <c r="C56" t="s">
-        <v>235</v>
+        <v>68</v>
       </c>
       <c r="D56" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>20</v>
+        <v>228</v>
       </c>
       <c r="F56" t="s">
-        <v>250</v>
+        <v>43</v>
       </c>
       <c r="G56" t="s">
-        <v>251</v>
+        <v>229</v>
       </c>
       <c r="H56" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>252</v>
+        <v>230</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="B57" t="s">
-        <v>253</v>
+        <v>231</v>
       </c>
       <c r="C57" t="s">
-        <v>254</v>
+        <v>117</v>
       </c>
       <c r="D57" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="E57" t="s">
-        <v>20</v>
+        <v>232</v>
       </c>
       <c r="F57" t="s">
-        <v>255</v>
+        <v>233</v>
       </c>
       <c r="G57" t="s">
-        <v>256</v>
+        <v>234</v>
       </c>
       <c r="H57" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>257</v>
+        <v>235</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="B58" t="s">
-        <v>258</v>
+        <v>236</v>
       </c>
       <c r="C58" t="s">
-        <v>259</v>
+        <v>68</v>
       </c>
       <c r="D58" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="E58" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F58" t="s">
-        <v>260</v>
+        <v>237</v>
       </c>
       <c r="G58" t="s">
-        <v>261</v>
+        <v>238</v>
       </c>
       <c r="H58" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>262</v>
+        <v>239</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>56</v>
+        <v>75</v>
       </c>
       <c r="B59" t="s">
-        <v>263</v>
+        <v>240</v>
       </c>
       <c r="C59" t="s">
-        <v>264</v>
+        <v>241</v>
       </c>
       <c r="D59" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="E59" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F59" t="s">
-        <v>266</v>
+        <v>242</v>
       </c>
       <c r="G59" t="s">
-        <v>267</v>
+        <v>243</v>
       </c>
       <c r="H59" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>268</v>
+        <v>244</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>55</v>
+        <v>74</v>
       </c>
       <c r="B60" t="s">
-        <v>269</v>
+        <v>245</v>
       </c>
       <c r="C60" t="s">
-        <v>270</v>
+        <v>246</v>
       </c>
       <c r="D60" t="s">
-        <v>265</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F60" t="s">
-        <v>271</v>
+        <v>247</v>
       </c>
       <c r="G60" t="s">
-        <v>272</v>
+        <v>248</v>
       </c>
       <c r="H60" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>273</v>
+        <v>249</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>54</v>
+        <v>70</v>
       </c>
       <c r="B61" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="C61" t="s">
-        <v>275</v>
+        <v>251</v>
       </c>
       <c r="D61" t="s">
-        <v>265</v>
+        <v>47</v>
       </c>
       <c r="E61" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F61" t="s">
-        <v>276</v>
+        <v>252</v>
       </c>
       <c r="G61" t="s">
-        <v>277</v>
+        <v>253</v>
       </c>
       <c r="H61" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>278</v>
+        <v>254</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="B62" t="s">
-        <v>279</v>
+        <v>255</v>
       </c>
       <c r="C62" t="s">
-        <v>280</v>
+        <v>256</v>
       </c>
       <c r="D62" t="s">
-        <v>265</v>
+        <v>58</v>
       </c>
       <c r="E62" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F62" t="s">
-        <v>281</v>
+        <v>257</v>
       </c>
       <c r="G62" t="s">
-        <v>277</v>
+        <v>258</v>
       </c>
       <c r="H62" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>282</v>
+        <v>259</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="B63" t="s">
-        <v>283</v>
+        <v>260</v>
       </c>
       <c r="C63" t="s">
-        <v>284</v>
+        <v>261</v>
       </c>
       <c r="D63" t="s">
-        <v>265</v>
+        <v>58</v>
       </c>
       <c r="E63" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F63" t="s">
-        <v>285</v>
+        <v>262</v>
       </c>
       <c r="G63" t="s">
-        <v>286</v>
+        <v>263</v>
       </c>
       <c r="H63" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>287</v>
+        <v>264</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="B64" t="s">
-        <v>288</v>
+        <v>265</v>
       </c>
       <c r="C64" t="s">
-        <v>289</v>
+        <v>251</v>
       </c>
       <c r="D64" t="s">
-        <v>265</v>
+        <v>58</v>
       </c>
       <c r="E64" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>290</v>
+        <v>266</v>
       </c>
       <c r="G64" t="s">
-        <v>286</v>
+        <v>267</v>
       </c>
       <c r="H64" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>291</v>
+        <v>268</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="B65" t="s">
-        <v>292</v>
+        <v>269</v>
       </c>
       <c r="C65" t="s">
-        <v>293</v>
+        <v>270</v>
       </c>
       <c r="D65" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="E65" t="s">
-        <v>86</v>
+        <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>294</v>
+        <v>271</v>
       </c>
       <c r="G65" t="s">
-        <v>295</v>
+        <v>272</v>
       </c>
       <c r="H65" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>296</v>
+        <v>273</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="B66" t="s">
-        <v>297</v>
+        <v>274</v>
       </c>
       <c r="C66" t="s">
-        <v>298</v>
+        <v>275</v>
       </c>
       <c r="D66" t="s">
-        <v>265</v>
+        <v>23</v>
       </c>
       <c r="E66" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F66" t="s">
-        <v>299</v>
+        <v>276</v>
       </c>
       <c r="G66" t="s">
-        <v>295</v>
+        <v>277</v>
       </c>
       <c r="H66" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>300</v>
+        <v>278</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="B67" t="s">
-        <v>301</v>
+        <v>279</v>
       </c>
       <c r="C67" t="s">
-        <v>302</v>
+        <v>280</v>
       </c>
       <c r="D67" t="s">
-        <v>265</v>
+        <v>281</v>
       </c>
       <c r="E67" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F67" t="s">
-        <v>303</v>
+        <v>282</v>
       </c>
       <c r="G67" t="s">
-        <v>295</v>
+        <v>283</v>
       </c>
       <c r="H67" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>304</v>
+        <v>284</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="B68" t="s">
-        <v>305</v>
+        <v>285</v>
       </c>
       <c r="C68" t="s">
-        <v>306</v>
+        <v>286</v>
       </c>
       <c r="D68" t="s">
-        <v>265</v>
+        <v>281</v>
       </c>
       <c r="E68" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F68" t="s">
-        <v>307</v>
+        <v>282</v>
       </c>
       <c r="G68" t="s">
-        <v>308</v>
+        <v>287</v>
       </c>
       <c r="H68" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>309</v>
+        <v>288</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="B69" t="s">
-        <v>310</v>
+        <v>289</v>
       </c>
       <c r="C69" t="s">
-        <v>311</v>
+        <v>290</v>
       </c>
       <c r="D69" t="s">
-        <v>265</v>
+        <v>281</v>
       </c>
       <c r="E69" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F69" t="s">
-        <v>312</v>
+        <v>282</v>
       </c>
       <c r="G69" t="s">
-        <v>308</v>
+        <v>291</v>
       </c>
       <c r="H69" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>313</v>
+        <v>292</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="B70" t="s">
-        <v>314</v>
+        <v>293</v>
       </c>
       <c r="C70" t="s">
-        <v>315</v>
+        <v>294</v>
       </c>
       <c r="D70" t="s">
-        <v>265</v>
+        <v>281</v>
       </c>
       <c r="E70" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F70" t="s">
-        <v>316</v>
+        <v>282</v>
       </c>
       <c r="G70" t="s">
-        <v>317</v>
+        <v>291</v>
       </c>
       <c r="H70" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>318</v>
+        <v>295</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="B71" t="s">
-        <v>319</v>
+        <v>296</v>
       </c>
       <c r="C71" t="s">
-        <v>320</v>
+        <v>297</v>
       </c>
       <c r="D71" t="s">
-        <v>265</v>
+        <v>281</v>
       </c>
       <c r="E71" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F71" t="s">
-        <v>321</v>
+        <v>282</v>
       </c>
       <c r="G71" t="s">
-        <v>322</v>
+        <v>298</v>
       </c>
       <c r="H71" t="s">
-        <v>323</v>
+        <v>50</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>324</v>
+        <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="B72" t="s">
-        <v>325</v>
+        <v>300</v>
       </c>
       <c r="C72" t="s">
-        <v>326</v>
+        <v>301</v>
       </c>
       <c r="D72" t="s">
-        <v>265</v>
+        <v>281</v>
       </c>
       <c r="E72" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F72" t="s">
-        <v>327</v>
+        <v>282</v>
       </c>
       <c r="G72" t="s">
-        <v>328</v>
+        <v>298</v>
       </c>
       <c r="H72" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>329</v>
+        <v>302</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="B73" t="s">
-        <v>330</v>
+        <v>303</v>
       </c>
       <c r="C73" t="s">
-        <v>225</v>
+        <v>304</v>
       </c>
       <c r="D73" t="s">
-        <v>37</v>
+        <v>281</v>
       </c>
       <c r="E73" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F73" t="s">
-        <v>331</v>
+        <v>305</v>
       </c>
       <c r="G73" t="s">
-        <v>332</v>
+        <v>306</v>
       </c>
       <c r="H73" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>333</v>
+        <v>307</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="B74" t="s">
-        <v>334</v>
+        <v>308</v>
       </c>
       <c r="C74" t="s">
-        <v>335</v>
+        <v>309</v>
       </c>
       <c r="D74" t="s">
-        <v>37</v>
+        <v>281</v>
       </c>
       <c r="E74" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F74" t="s">
-        <v>336</v>
+        <v>282</v>
       </c>
       <c r="G74" t="s">
-        <v>337</v>
+        <v>306</v>
       </c>
       <c r="H74" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I74" s="1"/>
+        <v>50</v>
+      </c>
+      <c r="I74" s="1" t="s">
+        <v>310</v>
+      </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="B75" t="s">
-        <v>338</v>
+        <v>311</v>
       </c>
       <c r="C75" t="s">
-        <v>339</v>
+        <v>312</v>
       </c>
       <c r="D75" t="s">
-        <v>37</v>
+        <v>281</v>
       </c>
       <c r="E75" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F75" t="s">
-        <v>340</v>
+        <v>313</v>
       </c>
       <c r="G75" t="s">
-        <v>341</v>
+        <v>306</v>
       </c>
       <c r="H75" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>342</v>
+        <v>314</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="B76" t="s">
-        <v>343</v>
+        <v>315</v>
       </c>
       <c r="C76" t="s">
-        <v>344</v>
+        <v>316</v>
       </c>
       <c r="D76" t="s">
-        <v>37</v>
+        <v>281</v>
       </c>
       <c r="E76" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F76" t="s">
-        <v>345</v>
+        <v>282</v>
       </c>
       <c r="G76" t="s">
-        <v>341</v>
+        <v>317</v>
       </c>
       <c r="H76" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="I76" s="1"/>
+        <v>50</v>
+      </c>
+      <c r="I76" s="1" t="s">
+        <v>318</v>
+      </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="B77" t="s">
-        <v>346</v>
+        <v>319</v>
       </c>
       <c r="C77" t="s">
-        <v>347</v>
+        <v>320</v>
       </c>
       <c r="D77" t="s">
-        <v>37</v>
+        <v>281</v>
       </c>
       <c r="E77" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F77" t="s">
-        <v>348</v>
+        <v>282</v>
       </c>
       <c r="G77" t="s">
-        <v>349</v>
+        <v>317</v>
       </c>
       <c r="H77" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>350</v>
+        <v>321</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="B78" t="s">
-        <v>351</v>
+        <v>322</v>
       </c>
       <c r="C78" t="s">
-        <v>352</v>
+        <v>323</v>
       </c>
       <c r="D78" t="s">
-        <v>37</v>
+        <v>281</v>
       </c>
       <c r="E78" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F78" t="s">
-        <v>353</v>
+        <v>324</v>
       </c>
       <c r="G78" t="s">
-        <v>349</v>
+        <v>325</v>
       </c>
       <c r="H78" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I78" s="1" t="s">
-        <v>354</v>
+        <v>326</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="B79" t="s">
-        <v>355</v>
+        <v>327</v>
       </c>
       <c r="C79" t="s">
-        <v>356</v>
+        <v>328</v>
       </c>
       <c r="D79" t="s">
-        <v>37</v>
+        <v>281</v>
       </c>
       <c r="E79" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F79" t="s">
-        <v>357</v>
+        <v>282</v>
       </c>
       <c r="G79" t="s">
-        <v>358</v>
+        <v>329</v>
       </c>
       <c r="H79" t="s">
-        <v>15</v>
+        <v>330</v>
       </c>
       <c r="I79" s="1" t="s">
-        <v>359</v>
+        <v>331</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="B80" t="s">
-        <v>360</v>
+        <v>332</v>
       </c>
       <c r="C80" t="s">
-        <v>361</v>
+        <v>333</v>
       </c>
       <c r="D80" t="s">
-        <v>37</v>
+        <v>281</v>
       </c>
       <c r="E80" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F80" t="s">
-        <v>362</v>
+        <v>282</v>
       </c>
       <c r="G80" t="s">
-        <v>363</v>
+        <v>334</v>
       </c>
       <c r="H80" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I80" s="1"/>
+        <v>50</v>
+      </c>
+      <c r="I80" s="1" t="s">
+        <v>335</v>
+      </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="B81" t="s">
-        <v>364</v>
+        <v>336</v>
       </c>
       <c r="C81" t="s">
-        <v>365</v>
+        <v>241</v>
       </c>
       <c r="D81" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F81" t="s">
-        <v>366</v>
+        <v>190</v>
       </c>
       <c r="G81" t="s">
-        <v>363</v>
+        <v>337</v>
       </c>
       <c r="H81" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="I81" s="1"/>
+        <v>50</v>
+      </c>
+      <c r="I81" s="1" t="s">
+        <v>338</v>
+      </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>32</v>
+        <v>41</v>
       </c>
       <c r="B82" t="s">
-        <v>368</v>
+        <v>339</v>
       </c>
       <c r="C82" t="s">
-        <v>369</v>
+        <v>340</v>
       </c>
       <c r="D82" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F82" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="G82" t="s">
-        <v>370</v>
+        <v>342</v>
       </c>
       <c r="H82" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I82" s="1"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>31</v>
+        <v>40</v>
       </c>
       <c r="B83" t="s">
-        <v>371</v>
+        <v>343</v>
       </c>
       <c r="C83" t="s">
-        <v>372</v>
+        <v>344</v>
       </c>
       <c r="D83" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F83" t="s">
-        <v>373</v>
+        <v>190</v>
       </c>
       <c r="G83" t="s">
-        <v>374</v>
+        <v>345</v>
       </c>
       <c r="H83" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I83" s="1" t="s">
-        <v>375</v>
+        <v>346</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="B84" t="s">
-        <v>376</v>
+        <v>347</v>
       </c>
       <c r="C84" t="s">
-        <v>377</v>
+        <v>348</v>
       </c>
       <c r="D84" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F84" t="s">
-        <v>378</v>
+        <v>349</v>
       </c>
       <c r="G84" t="s">
-        <v>379</v>
+        <v>345</v>
       </c>
       <c r="H84" t="s">
-        <v>15</v>
+        <v>330</v>
       </c>
       <c r="I84" s="1"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="B85" t="s">
-        <v>380</v>
+        <v>350</v>
       </c>
       <c r="C85" t="s">
-        <v>381</v>
+        <v>351</v>
       </c>
       <c r="D85" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F85" t="s">
-        <v>382</v>
+        <v>352</v>
       </c>
       <c r="G85" t="s">
-        <v>383</v>
+        <v>353</v>
       </c>
       <c r="H85" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I85" s="1"/>
+        <v>50</v>
+      </c>
+      <c r="I85" s="1" t="s">
+        <v>354</v>
+      </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="B86" t="s">
-        <v>384</v>
+        <v>355</v>
       </c>
       <c r="C86" t="s">
-        <v>385</v>
+        <v>356</v>
       </c>
       <c r="D86" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F86" t="s">
-        <v>386</v>
+        <v>190</v>
       </c>
       <c r="G86" t="s">
-        <v>387</v>
+        <v>353</v>
       </c>
       <c r="H86" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I86" s="1"/>
+        <v>50</v>
+      </c>
+      <c r="I86" s="1" t="s">
+        <v>357</v>
+      </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="B87" t="s">
-        <v>388</v>
+        <v>358</v>
       </c>
       <c r="C87" t="s">
-        <v>389</v>
+        <v>359</v>
       </c>
       <c r="D87" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F87" t="s">
-        <v>390</v>
+        <v>190</v>
       </c>
       <c r="G87" t="s">
-        <v>391</v>
+        <v>360</v>
       </c>
       <c r="H87" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I87" s="1"/>
+        <v>50</v>
+      </c>
+      <c r="I87" s="1" t="s">
+        <v>361</v>
+      </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="B88" t="s">
-        <v>392</v>
+        <v>362</v>
       </c>
       <c r="C88" t="s">
-        <v>393</v>
+        <v>363</v>
       </c>
       <c r="D88" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F88" t="s">
-        <v>394</v>
+        <v>364</v>
       </c>
       <c r="G88" t="s">
-        <v>395</v>
+        <v>365</v>
       </c>
       <c r="H88" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I88" s="1"/>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="B89" t="s">
-        <v>396</v>
+        <v>366</v>
       </c>
       <c r="C89" t="s">
-        <v>397</v>
+        <v>367</v>
       </c>
       <c r="D89" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F89" t="s">
-        <v>398</v>
+        <v>305</v>
       </c>
       <c r="G89" t="s">
-        <v>399</v>
+        <v>365</v>
       </c>
       <c r="H89" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>368</v>
+      </c>
+      <c r="I89" s="1"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>24</v>
+        <v>32</v>
       </c>
       <c r="B90" t="s">
-        <v>401</v>
+        <v>369</v>
       </c>
       <c r="C90" t="s">
-        <v>402</v>
+        <v>370</v>
       </c>
       <c r="D90" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F90" t="s">
-        <v>403</v>
+        <v>190</v>
       </c>
       <c r="G90" t="s">
-        <v>404</v>
+        <v>371</v>
       </c>
       <c r="H90" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I90" s="1"/>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="B91" t="s">
-        <v>405</v>
+        <v>372</v>
       </c>
       <c r="C91" t="s">
-        <v>406</v>
+        <v>373</v>
       </c>
       <c r="D91" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F91" t="s">
-        <v>407</v>
+        <v>374</v>
       </c>
       <c r="G91" t="s">
-        <v>408</v>
+        <v>375</v>
       </c>
       <c r="H91" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I91" s="1"/>
+        <v>50</v>
+      </c>
+      <c r="I91" s="1" t="s">
+        <v>376</v>
+      </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="B92" t="s">
-        <v>409</v>
+        <v>377</v>
       </c>
       <c r="C92" t="s">
-        <v>410</v>
+        <v>378</v>
       </c>
       <c r="D92" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F92" t="s">
-        <v>411</v>
+        <v>190</v>
       </c>
       <c r="G92" t="s">
-        <v>412</v>
+        <v>379</v>
       </c>
       <c r="H92" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I92" s="1"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="B93" t="s">
-        <v>413</v>
+        <v>380</v>
       </c>
       <c r="C93" t="s">
-        <v>414</v>
+        <v>381</v>
       </c>
       <c r="D93" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F93" t="s">
-        <v>415</v>
+        <v>190</v>
       </c>
       <c r="G93" t="s">
-        <v>416</v>
+        <v>382</v>
       </c>
       <c r="H93" t="s">
-        <v>367</v>
+        <v>50</v>
       </c>
       <c r="I93" s="1"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
-        <v>20</v>
+        <v>28</v>
       </c>
       <c r="B94" t="s">
-        <v>417</v>
+        <v>383</v>
       </c>
       <c r="C94" t="s">
-        <v>418</v>
+        <v>384</v>
       </c>
       <c r="D94" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F94" t="s">
-        <v>419</v>
+        <v>190</v>
       </c>
       <c r="G94" t="s">
-        <v>420</v>
+        <v>385</v>
       </c>
       <c r="H94" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I94" s="1"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="B95" t="s">
-        <v>422</v>
+        <v>386</v>
       </c>
       <c r="C95" t="s">
-        <v>423</v>
+        <v>387</v>
       </c>
       <c r="D95" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F95" t="s">
-        <v>424</v>
+        <v>190</v>
       </c>
       <c r="G95" t="s">
-        <v>425</v>
+        <v>388</v>
       </c>
       <c r="H95" t="s">
-        <v>426</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I95" s="1"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="B96" t="s">
-        <v>428</v>
+        <v>389</v>
       </c>
       <c r="C96" t="s">
-        <v>429</v>
+        <v>390</v>
       </c>
       <c r="D96" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F96" t="s">
-        <v>430</v>
+        <v>391</v>
       </c>
       <c r="G96" t="s">
-        <v>431</v>
+        <v>392</v>
       </c>
       <c r="H96" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I96" s="1"/>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="B97" t="s">
-        <v>433</v>
+        <v>393</v>
       </c>
       <c r="C97" t="s">
-        <v>434</v>
+        <v>394</v>
       </c>
       <c r="D97" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F97" t="s">
-        <v>435</v>
+        <v>190</v>
       </c>
       <c r="G97" t="s">
-        <v>436</v>
+        <v>395</v>
       </c>
       <c r="H97" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I97" s="1" t="s">
-        <v>437</v>
+        <v>396</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="B98" t="s">
-        <v>438</v>
+        <v>397</v>
       </c>
       <c r="C98" t="s">
-        <v>439</v>
+        <v>398</v>
       </c>
       <c r="D98" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F98" t="s">
-        <v>440</v>
+        <v>190</v>
       </c>
       <c r="G98" t="s">
-        <v>436</v>
+        <v>399</v>
       </c>
       <c r="H98" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I98" s="1"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="B99" t="s">
-        <v>442</v>
+        <v>400</v>
       </c>
       <c r="C99" t="s">
-        <v>443</v>
+        <v>401</v>
       </c>
       <c r="D99" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F99" t="s">
-        <v>444</v>
+        <v>402</v>
       </c>
       <c r="G99" t="s">
-        <v>445</v>
+        <v>403</v>
       </c>
       <c r="H99" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I99" s="1"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="B100" t="s">
-        <v>447</v>
+        <v>404</v>
       </c>
       <c r="C100" t="s">
-        <v>448</v>
+        <v>405</v>
       </c>
       <c r="D100" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>449</v>
+        <v>113</v>
       </c>
       <c r="F100" t="s">
-        <v>450</v>
+        <v>406</v>
       </c>
       <c r="G100" t="s">
-        <v>445</v>
+        <v>407</v>
       </c>
       <c r="H100" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>50</v>
+      </c>
+      <c r="I100" s="1"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="B101" t="s">
-        <v>452</v>
+        <v>408</v>
       </c>
       <c r="C101" t="s">
-        <v>453</v>
+        <v>409</v>
       </c>
       <c r="D101" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F101" t="s">
-        <v>454</v>
+        <v>410</v>
       </c>
       <c r="G101" t="s">
-        <v>445</v>
+        <v>411</v>
       </c>
       <c r="H101" t="s">
-        <v>323</v>
-[...3 lines deleted...]
-      </c>
+        <v>368</v>
+      </c>
+      <c r="I101" s="1"/>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>10</v>
+        <v>20</v>
       </c>
       <c r="B102" t="s">
-        <v>456</v>
+        <v>412</v>
       </c>
       <c r="C102" t="s">
-        <v>457</v>
+        <v>413</v>
       </c>
       <c r="D102" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F102" t="s">
-        <v>458</v>
+        <v>414</v>
       </c>
       <c r="G102" t="s">
-        <v>459</v>
+        <v>415</v>
       </c>
       <c r="H102" t="s">
-        <v>323</v>
+        <v>50</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>460</v>
+        <v>416</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
-        <v>9</v>
+        <v>19</v>
       </c>
       <c r="B103" t="s">
-        <v>461</v>
+        <v>417</v>
       </c>
       <c r="C103" t="s">
-        <v>462</v>
+        <v>418</v>
       </c>
       <c r="D103" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F103" t="s">
-        <v>463</v>
+        <v>419</v>
       </c>
       <c r="G103" t="s">
-        <v>464</v>
+        <v>420</v>
       </c>
       <c r="H103" t="s">
-        <v>323</v>
+        <v>421</v>
       </c>
       <c r="I103" s="1" t="s">
-        <v>465</v>
+        <v>422</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="B104" t="s">
-        <v>466</v>
+        <v>423</v>
       </c>
       <c r="C104" t="s">
-        <v>467</v>
+        <v>424</v>
       </c>
       <c r="D104" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="F104" t="s">
-        <v>468</v>
+        <v>190</v>
       </c>
       <c r="G104" t="s">
-        <v>464</v>
+        <v>425</v>
       </c>
       <c r="H104" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I104" s="1" t="s">
-        <v>469</v>
+        <v>426</v>
       </c>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="B105" t="s">
-        <v>470</v>
+        <v>427</v>
       </c>
       <c r="C105" t="s">
-        <v>471</v>
+        <v>428</v>
       </c>
       <c r="D105" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F105" t="s">
-        <v>472</v>
+        <v>190</v>
       </c>
       <c r="G105" t="s">
-        <v>473</v>
+        <v>429</v>
       </c>
       <c r="H105" t="s">
-        <v>323</v>
+        <v>50</v>
       </c>
       <c r="I105" s="1" t="s">
-        <v>474</v>
+        <v>430</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="B106" t="s">
-        <v>475</v>
+        <v>431</v>
       </c>
       <c r="C106" t="s">
-        <v>476</v>
+        <v>432</v>
       </c>
       <c r="D106" t="s">
-        <v>37</v>
+        <v>11</v>
       </c>
       <c r="E106" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="F106" t="s">
-        <v>477</v>
+        <v>433</v>
       </c>
       <c r="G106" t="s">
-        <v>478</v>
+        <v>429</v>
       </c>
       <c r="H106" t="s">
-        <v>323</v>
+        <v>50</v>
       </c>
       <c r="I106" s="1" t="s">
-        <v>479</v>
+        <v>434</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
+        <v>13</v>
+      </c>
+      <c r="B107" t="s">
+        <v>435</v>
+      </c>
+      <c r="C107" t="s">
+        <v>436</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>113</v>
+      </c>
+      <c r="F107" t="s">
+        <v>282</v>
+      </c>
+      <c r="G107" t="s">
+        <v>437</v>
+      </c>
+      <c r="H107" t="s">
+        <v>330</v>
+      </c>
+      <c r="I107" s="1" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="108" spans="1:9">
+      <c r="A108">
+        <v>12</v>
+      </c>
+      <c r="B108" t="s">
+        <v>439</v>
+      </c>
+      <c r="C108" t="s">
+        <v>440</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>441</v>
+      </c>
+      <c r="F108" t="s">
+        <v>364</v>
+      </c>
+      <c r="G108" t="s">
+        <v>437</v>
+      </c>
+      <c r="H108" t="s">
+        <v>330</v>
+      </c>
+      <c r="I108" s="1" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9">
+      <c r="A109">
+        <v>11</v>
+      </c>
+      <c r="B109" t="s">
+        <v>443</v>
+      </c>
+      <c r="C109" t="s">
+        <v>444</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>113</v>
+      </c>
+      <c r="F109" t="s">
+        <v>445</v>
+      </c>
+      <c r="G109" t="s">
+        <v>437</v>
+      </c>
+      <c r="H109" t="s">
+        <v>330</v>
+      </c>
+      <c r="I109" s="1" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9">
+      <c r="A110">
+        <v>10</v>
+      </c>
+      <c r="B110" t="s">
+        <v>447</v>
+      </c>
+      <c r="C110" t="s">
+        <v>448</v>
+      </c>
+      <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>113</v>
+      </c>
+      <c r="F110" t="s">
+        <v>190</v>
+      </c>
+      <c r="G110" t="s">
+        <v>449</v>
+      </c>
+      <c r="H110" t="s">
+        <v>330</v>
+      </c>
+      <c r="I110" s="1" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="111" spans="1:9">
+      <c r="A111">
+        <v>9</v>
+      </c>
+      <c r="B111" t="s">
+        <v>451</v>
+      </c>
+      <c r="C111" t="s">
+        <v>452</v>
+      </c>
+      <c r="D111" t="s">
+        <v>11</v>
+      </c>
+      <c r="E111" t="s">
+        <v>113</v>
+      </c>
+      <c r="F111" t="s">
+        <v>364</v>
+      </c>
+      <c r="G111" t="s">
+        <v>453</v>
+      </c>
+      <c r="H111" t="s">
+        <v>330</v>
+      </c>
+      <c r="I111" s="1" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9">
+      <c r="A112">
+        <v>8</v>
+      </c>
+      <c r="B112" t="s">
+        <v>455</v>
+      </c>
+      <c r="C112" t="s">
+        <v>456</v>
+      </c>
+      <c r="D112" t="s">
+        <v>11</v>
+      </c>
+      <c r="E112" t="s">
+        <v>12</v>
+      </c>
+      <c r="F112" t="s">
+        <v>282</v>
+      </c>
+      <c r="G112" t="s">
+        <v>453</v>
+      </c>
+      <c r="H112" t="s">
+        <v>50</v>
+      </c>
+      <c r="I112" s="1" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9">
+      <c r="A113">
+        <v>4</v>
+      </c>
+      <c r="B113" t="s">
+        <v>458</v>
+      </c>
+      <c r="C113" t="s">
+        <v>459</v>
+      </c>
+      <c r="D113" t="s">
+        <v>11</v>
+      </c>
+      <c r="E113" t="s">
+        <v>113</v>
+      </c>
+      <c r="F113" t="s">
+        <v>419</v>
+      </c>
+      <c r="G113" t="s">
+        <v>460</v>
+      </c>
+      <c r="H113" t="s">
+        <v>330</v>
+      </c>
+      <c r="I113" s="1" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="114" spans="1:9">
+      <c r="A114">
+        <v>3</v>
+      </c>
+      <c r="B114" t="s">
+        <v>462</v>
+      </c>
+      <c r="C114" t="s">
+        <v>463</v>
+      </c>
+      <c r="D114" t="s">
+        <v>11</v>
+      </c>
+      <c r="E114" t="s">
+        <v>113</v>
+      </c>
+      <c r="F114" t="s">
+        <v>190</v>
+      </c>
+      <c r="G114" t="s">
+        <v>464</v>
+      </c>
+      <c r="H114" t="s">
+        <v>330</v>
+      </c>
+      <c r="I114" s="1" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="115" spans="1:9">
+      <c r="A115">
         <v>2</v>
       </c>
-      <c r="B107" t="s">
-[...21 lines deleted...]
-        <v>482</v>
+      <c r="B115" t="s">
+        <v>466</v>
+      </c>
+      <c r="C115" t="s">
+        <v>467</v>
+      </c>
+      <c r="D115" t="s">
+        <v>11</v>
+      </c>
+      <c r="E115" t="s">
+        <v>113</v>
+      </c>
+      <c r="F115" t="s">
+        <v>190</v>
+      </c>
+      <c r="G115" t="s">
+        <v>464</v>
+      </c>
+      <c r="H115" t="s">
+        <v>421</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>468</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">