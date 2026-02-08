--- v1 (2025-12-13)
+++ v2 (2026-02-08)
@@ -12,127 +12,202 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="469">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="486">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Licitação</t>
   </si>
   <si>
     <t>Nº/Ano</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Tipo Licit.</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data Abertura</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
+    <t>DISPENSA nº /2026</t>
+  </si>
+  <si>
+    <t>1/2026</t>
+  </si>
+  <si>
+    <t>DISPENSA</t>
+  </si>
+  <si>
+    <t>Menor Preço</t>
+  </si>
+  <si>
+    <t>de alimentação 9V 3A, compatíveis com relógios ele...</t>
+  </si>
+  <si>
+    <t>10/02/2026</t>
+  </si>
+  <si>
+    <t>Em Andamento</t>
+  </si>
+  <si>
+    <t>0,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 14/2025</t>
+  </si>
+  <si>
+    <t>14/2025</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>Nenhum</t>
+  </si>
+  <si>
+    <t>prestação de serviços de consultoria jurídica em d...</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>Concluída</t>
+  </si>
+  <si>
+    <t>360.000,00</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA nº 01/2026</t>
+  </si>
+  <si>
+    <t>01/2026</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA</t>
+  </si>
+  <si>
+    <t>Contratação de empresa de engenharia/arquitetura p...</t>
+  </si>
+  <si>
+    <t>2.219.296,07</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 13/2025</t>
+  </si>
+  <si>
+    <t>13/2025</t>
+  </si>
+  <si>
+    <t>Contratação de pessoa jurídica para prestação de s...</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>120.000,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 09/2025</t>
+  </si>
+  <si>
+    <t>09/2025</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para a execução de serviços...</t>
+  </si>
+  <si>
+    <t>7.460.028,74</t>
+  </si>
+  <si>
     <t>PREGÃO ELETRÔNICO nº 14/2025</t>
   </si>
   <si>
-    <t>14/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>PREGÃO ELETRÔNICO</t>
   </si>
   <si>
-    <t>Menor Preço</t>
-[...1 lines deleted...]
-  <si>
     <t>Registro de preços para futura e eventual contrata...</t>
   </si>
   <si>
     <t>17/12/2025</t>
   </si>
   <si>
-    <t>Em Andamento</t>
-[...1 lines deleted...]
-  <si>
     <t>3.457.498,74</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 13/2025</t>
   </si>
   <si>
-    <t>13/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>15/12/2025</t>
   </si>
   <si>
     <t>2.024.381,50</t>
   </si>
   <si>
     <t>DISPENSA nº 12/2025</t>
   </si>
   <si>
     <t>12/2025</t>
   </si>
   <si>
-    <t>DISPENSA</t>
-[...4 lines deleted...]
-  <si>
     <t>Contratação de empresa especializada para a confec...</t>
   </si>
   <si>
     <t>26/11/2025</t>
   </si>
   <si>
     <t>Finalizada</t>
   </si>
   <si>
     <t>7.431,80</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 12/2025</t>
   </si>
   <si>
     <t>Registro de Preços para futura e eventual contrata...</t>
   </si>
   <si>
     <t>28/11/2025</t>
   </si>
   <si>
     <t>1.639.544,16</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 11/2025</t>
@@ -140,116 +215,98 @@
   <si>
     <t>11/2025</t>
   </si>
   <si>
     <t>Registro de Preço para eventual e futura contrataç...</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>2.805.271,24</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 10/2025</t>
   </si>
   <si>
     <t>10/2025</t>
   </si>
   <si>
     <t>251.374,50</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 09/2025</t>
   </si>
   <si>
-    <t>09/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Registro de preço para eventual e futura contrataç...</t>
   </si>
   <si>
     <t>18/11/2025</t>
   </si>
   <si>
     <t>843.794,60</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 12/2025</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE</t>
-[...1 lines deleted...]
-  <si>
     <t>contratação da banda "Rey Vaqueiro" para a realiza...</t>
   </si>
   <si>
     <t>29/10/2025</t>
   </si>
   <si>
-    <t>Concluída</t>
-[...1 lines deleted...]
-  <si>
     <t>280.000,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 11/2025</t>
   </si>
   <si>
     <t>contratação de serviços advocatícios objetivando a...</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
-    <t>0,00</t>
-[...1 lines deleted...]
-  <si>
     <t>ADESÃO SRP nº 08/2025</t>
   </si>
   <si>
     <t>08/2025</t>
   </si>
   <si>
-    <t>ADESÃO SRP</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>793.966,25</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 03/2025</t>
   </si>
   <si>
     <t>03/2025</t>
   </si>
   <si>
-    <t>CONCORRÊNCIA PUBLICA</t>
-[...1 lines deleted...]
-  <si>
     <t>Contratação de empresa especializada para a execuç...</t>
   </si>
   <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>3.168.749,00</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO nº 01/2025</t>
   </si>
   <si>
     <t>01/2025</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO</t>
   </si>
   <si>
     <t>Chamada Pública consiste em credenciar grupos form...</t>
   </si>
   <si>
     <t>192.857,50</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 08/2025</t>
@@ -371,53 +428,50 @@
   <si>
     <t>11/06/2025</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 07/2025</t>
   </si>
   <si>
     <t>MENOR PREÇO</t>
   </si>
   <si>
     <t>Contratação de empresa para aquisição de medicamen...</t>
   </si>
   <si>
     <t>2.691.179,07</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 02/2025</t>
   </si>
   <si>
     <t>02/2025</t>
   </si>
   <si>
     <t>Menor Preço Global</t>
   </si>
   <si>
-    <t>Contratação de empresa de engenharia/arquitetura p...</t>
-[...1 lines deleted...]
-  <si>
     <t>27/06/2025</t>
   </si>
   <si>
     <t>1.098.851,70</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 06/2025</t>
   </si>
   <si>
     <t>Contratação de empresa para aquisições pneus e ace...</t>
   </si>
   <si>
     <t>10/06/2025</t>
   </si>
   <si>
     <t>257.081,45</t>
   </si>
   <si>
     <t>DISPENSA nº 10/2023</t>
   </si>
   <si>
     <t>10/2023</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para implanta...</t>
@@ -665,77 +719,77 @@
   <si>
     <t>DISPENSA nº 04/2025</t>
   </si>
   <si>
     <t>serviços de Consultoria e Assessoria para apoio no...</t>
   </si>
   <si>
     <t>19/02/2025</t>
   </si>
   <si>
     <t>DISPENSA nº 03/2025</t>
   </si>
   <si>
     <t>Contratação de empresa para a serviço de comunicaç...</t>
   </si>
   <si>
     <t>07/02/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 03/2025</t>
   </si>
   <si>
     <t>contratação direta por inexigibilidade de licitação</t>
   </si>
   <si>
-    <t>24/02/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>12.300,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 02/2025</t>
   </si>
   <si>
     <t>contratação direta por inexigibilidade</t>
   </si>
   <si>
     <t>contratação, sob a forma de cessão de uso não oner...</t>
   </si>
   <si>
     <t>17/03/2025</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 01/2025</t>
   </si>
   <si>
     <t>ontratação direta por inexigibilidade de licitação</t>
   </si>
   <si>
     <t>1.1. Contratação de pessoa jurídica especializada...</t>
   </si>
   <si>
+    <t>21/01/2026</t>
+  </si>
+  <si>
     <t>348.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 01/2025</t>
   </si>
   <si>
     <t>Maior Percentual de Desconto (%) sobre o preço de bomba</t>
   </si>
   <si>
     <t>31/01/2025</t>
   </si>
   <si>
     <t>5.188.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 02/2025</t>
   </si>
   <si>
     <t>pelo maior percentual de desconto</t>
   </si>
   <si>
     <t>fornecimento de combustíveis para o abastecimento...</t>
   </si>
   <si>
     <t>17/01/2025</t>
@@ -1335,53 +1389,50 @@
     <t>005/2024</t>
   </si>
   <si>
     <t>REGISTRO DE PREÇO PARA FUTURA E EVENTUAL AQUISIÇÃO...</t>
   </si>
   <si>
     <t>1.190.352,25</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 007/2024</t>
   </si>
   <si>
     <t>007/2024</t>
   </si>
   <si>
     <t>21/03/2024</t>
   </si>
   <si>
     <t>1.367.928,92</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 008/2024</t>
   </si>
   <si>
     <t>008/2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>MAIOR DESCONTO</t>
   </si>
   <si>
     <t>1.167.000,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 006/2024</t>
   </si>
   <si>
     <t>006/2024</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA PARA PRESTAÇÃO DE SERVIÇOS...</t>
   </si>
   <si>
     <t>12.030,00</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO N. 009/2024</t>
   </si>
   <si>
     <t>009/2024</t>
   </si>
   <si>
     <t>01/04/2024</t>
   </si>
@@ -1768,3363 +1819,3508 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I115"/>
+  <dimension ref="A1:I120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I115" sqref="I115"/>
+      <selection activeCell="I120" sqref="I120"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I3" s="1" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="I4" s="1" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>22</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F5" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="H6" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I6" s="1" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="G7" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="H7" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>31</v>
+      </c>
+      <c r="D8" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="H8" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="D9" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F9" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="G9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="H9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C10" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="D10" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E10" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G10" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H10" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="B11" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C11" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D11" t="s">
-        <v>58</v>
+        <v>41</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G11" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="H11" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="B12" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C12" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D12" t="s">
-        <v>63</v>
+        <v>41</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="G12" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="H12" t="s">
         <v>15</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B13" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="C13" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="D13" t="s">
-        <v>69</v>
+        <v>41</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="G13" t="s">
-        <v>49</v>
+        <v>68</v>
       </c>
       <c r="H13" t="s">
         <v>15</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="B14" t="s">
+        <v>70</v>
+      </c>
+      <c r="C14" t="s">
+        <v>49</v>
+      </c>
+      <c r="D14" t="s">
+        <v>19</v>
+      </c>
+      <c r="E14" t="s">
+        <v>20</v>
+      </c>
+      <c r="F14" t="s">
+        <v>71</v>
+      </c>
+      <c r="G14" t="s">
         <v>72</v>
       </c>
-      <c r="C14" t="s">
-[...8 lines deleted...]
-      <c r="F14" t="s">
+      <c r="H14" t="s">
+        <v>23</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>73</v>
-      </c>
-[...7 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B15" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" t="s">
+        <v>59</v>
+      </c>
+      <c r="D15" t="s">
+        <v>19</v>
+      </c>
+      <c r="E15" t="s">
+        <v>20</v>
+      </c>
+      <c r="F15" t="s">
+        <v>75</v>
+      </c>
+      <c r="G15" t="s">
         <v>76</v>
       </c>
-      <c r="C15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H15" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B16" t="s">
+        <v>77</v>
+      </c>
+      <c r="C16" t="s">
+        <v>78</v>
+      </c>
+      <c r="D16" t="s">
+        <v>37</v>
+      </c>
+      <c r="E16" t="s">
+        <v>12</v>
+      </c>
+      <c r="F16" t="s">
+        <v>79</v>
+      </c>
+      <c r="G16" t="s">
+        <v>76</v>
+      </c>
+      <c r="H16" t="s">
+        <v>23</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>80</v>
-      </c>
-[...19 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="B17" t="s">
+        <v>81</v>
+      </c>
+      <c r="C17" t="s">
+        <v>82</v>
+      </c>
+      <c r="D17" t="s">
+        <v>27</v>
+      </c>
+      <c r="E17" t="s">
+        <v>12</v>
+      </c>
+      <c r="F17" t="s">
+        <v>83</v>
+      </c>
+      <c r="G17" t="s">
         <v>84</v>
       </c>
-      <c r="C17" t="s">
-[...8 lines deleted...]
-      <c r="F17" t="s">
+      <c r="H17" t="s">
+        <v>15</v>
+      </c>
+      <c r="I17" s="1" t="s">
         <v>85</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="B18" t="s">
+        <v>86</v>
+      </c>
+      <c r="C18" t="s">
         <v>87</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>88</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F18" t="s">
         <v>89</v>
       </c>
       <c r="G18" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="H18" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="B19" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C19" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="D19" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E19" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="G19" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H19" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="B20" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="C20" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
       <c r="D20" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="F20" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="G20" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="H20" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>93</v>
+        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="B21" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C21" t="s">
-        <v>10</v>
+        <v>64</v>
       </c>
       <c r="D21" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E21" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F21" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="G21" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="H21" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>55</v>
+        <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="B22" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="C22" t="s">
-        <v>18</v>
+        <v>78</v>
       </c>
       <c r="D22" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E22" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F22" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="G22" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H22" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>55</v>
+        <v>105</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B23" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="C23" t="s">
+        <v>107</v>
+      </c>
+      <c r="D23" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" t="s">
+        <v>20</v>
+      </c>
+      <c r="F23" t="s">
+        <v>108</v>
+      </c>
+      <c r="G23" t="s">
         <v>101</v>
       </c>
-      <c r="D23" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H23" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
+        <v>117</v>
+      </c>
+      <c r="B24" t="s">
+        <v>109</v>
+      </c>
+      <c r="C24" t="s">
+        <v>36</v>
+      </c>
+      <c r="D24" t="s">
+        <v>19</v>
+      </c>
+      <c r="E24" t="s">
+        <v>20</v>
+      </c>
+      <c r="F24" t="s">
+        <v>110</v>
+      </c>
+      <c r="G24" t="s">
+        <v>111</v>
+      </c>
+      <c r="H24" t="s">
+        <v>23</v>
+      </c>
+      <c r="I24" s="1" t="s">
         <v>112</v>
-      </c>
-[...22 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="B25" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="C25" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="D25" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E25" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F25" t="s">
         <v>110</v>
       </c>
       <c r="G25" t="s">
         <v>111</v>
       </c>
       <c r="H25" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>55</v>
+        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="B26" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C26" t="s">
-        <v>88</v>
+        <v>18</v>
       </c>
       <c r="D26" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>113</v>
+        <v>12</v>
       </c>
       <c r="F26" t="s">
         <v>114</v>
       </c>
       <c r="G26" t="s">
-        <v>103</v>
+        <v>115</v>
       </c>
       <c r="H26" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>115</v>
+        <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B27" t="s">
         <v>116</v>
       </c>
       <c r="C27" t="s">
+        <v>31</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>12</v>
+      </c>
+      <c r="F27" t="s">
         <v>117</v>
       </c>
-      <c r="D27" t="s">
-[...2 lines deleted...]
-      <c r="E27" t="s">
+      <c r="G27" t="s">
         <v>118</v>
       </c>
-      <c r="F27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H27" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>121</v>
+        <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="B28" t="s">
+        <v>119</v>
+      </c>
+      <c r="C28" t="s">
+        <v>120</v>
+      </c>
+      <c r="D28" t="s">
+        <v>37</v>
+      </c>
+      <c r="E28" t="s">
+        <v>12</v>
+      </c>
+      <c r="F28" t="s">
+        <v>121</v>
+      </c>
+      <c r="G28" t="s">
         <v>122</v>
       </c>
-      <c r="C28" t="s">
-[...8 lines deleted...]
-      <c r="F28" t="s">
+      <c r="H28" t="s">
+        <v>23</v>
+      </c>
+      <c r="I28" s="1" t="s">
         <v>123</v>
-      </c>
-[...7 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="B29" t="s">
+        <v>124</v>
+      </c>
+      <c r="C29" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" t="s">
+        <v>19</v>
+      </c>
+      <c r="E29" t="s">
+        <v>20</v>
+      </c>
+      <c r="F29" t="s">
         <v>126</v>
       </c>
-      <c r="C29" t="s">
+      <c r="G29" t="s">
         <v>127</v>
       </c>
-      <c r="D29" t="s">
-[...5 lines deleted...]
-      <c r="F29" t="s">
+      <c r="H29" t="s">
+        <v>52</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>128</v>
-      </c>
-[...7 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="B30" t="s">
-        <v>131</v>
+        <v>48</v>
       </c>
       <c r="C30" t="s">
-        <v>132</v>
+        <v>49</v>
       </c>
       <c r="D30" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>113</v>
+        <v>12</v>
       </c>
       <c r="F30" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="G30" t="s">
-        <v>103</v>
+        <v>130</v>
       </c>
       <c r="H30" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>134</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B31" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="C31" t="s">
-        <v>62</v>
+        <v>107</v>
       </c>
       <c r="D31" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="E31" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F31" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="G31" t="s">
-        <v>103</v>
+        <v>122</v>
       </c>
       <c r="H31" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B32" t="s">
+        <v>135</v>
+      </c>
+      <c r="C32" t="s">
+        <v>136</v>
+      </c>
+      <c r="D32" t="s">
+        <v>27</v>
+      </c>
+      <c r="E32" t="s">
+        <v>137</v>
+      </c>
+      <c r="F32" t="s">
+        <v>28</v>
+      </c>
+      <c r="G32" t="s">
         <v>138</v>
       </c>
-      <c r="C32" t="s">
-[...11 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
+        <v>23</v>
+      </c>
+      <c r="I32" s="1" t="s">
         <v>139</v>
-      </c>
-[...4 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="B33" t="s">
+        <v>140</v>
+      </c>
+      <c r="C33" t="s">
+        <v>125</v>
+      </c>
+      <c r="D33" t="s">
+        <v>37</v>
+      </c>
+      <c r="E33" t="s">
+        <v>132</v>
+      </c>
+      <c r="F33" t="s">
         <v>141</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="G33" t="s">
         <v>142</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
+        <v>52</v>
+      </c>
+      <c r="I33" s="1" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="B34" t="s">
+        <v>144</v>
+      </c>
+      <c r="C34" t="s">
         <v>145</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F34" t="s">
         <v>146</v>
       </c>
       <c r="G34" t="s">
         <v>147</v>
       </c>
       <c r="H34" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>55</v>
+        <v>148</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="B35" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C35" t="s">
-        <v>39</v>
+        <v>150</v>
       </c>
       <c r="D35" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="E35" t="s">
-        <v>149</v>
+        <v>132</v>
       </c>
       <c r="F35" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G35" t="s">
-        <v>151</v>
+        <v>122</v>
       </c>
       <c r="H35" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I35" s="1" t="s">
-        <v>55</v>
+        <v>152</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="B36" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C36" t="s">
-        <v>106</v>
+        <v>82</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E36" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
       <c r="F36" t="s">
         <v>154</v>
       </c>
       <c r="G36" t="s">
+        <v>122</v>
+      </c>
+      <c r="H36" t="s">
+        <v>23</v>
+      </c>
+      <c r="I36" s="1" t="s">
         <v>155</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B37" t="s">
+        <v>156</v>
+      </c>
+      <c r="C37" t="s">
+        <v>87</v>
+      </c>
+      <c r="D37" t="s">
+        <v>27</v>
+      </c>
+      <c r="E37" t="s">
+        <v>137</v>
+      </c>
+      <c r="F37" t="s">
+        <v>28</v>
+      </c>
+      <c r="G37" t="s">
         <v>157</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="H37" t="s">
+        <v>23</v>
+      </c>
+      <c r="I37" s="1" t="s">
         <v>158</v>
-      </c>
-[...10 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B38" t="s">
+        <v>159</v>
+      </c>
+      <c r="C38" t="s">
+        <v>107</v>
+      </c>
+      <c r="D38" t="s">
+        <v>41</v>
+      </c>
+      <c r="E38" t="s">
         <v>160</v>
       </c>
-      <c r="C38" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F38" t="s">
-        <v>154</v>
+        <v>55</v>
       </c>
       <c r="G38" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="H38" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B39" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C39" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="D39" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F39" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="G39" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H39" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B40" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C40" t="s">
-        <v>132</v>
+        <v>64</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="F40" t="s">
-        <v>30</v>
+        <v>168</v>
       </c>
       <c r="G40" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="H40" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>168</v>
+        <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="B41" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C41" t="s">
-        <v>62</v>
+        <v>125</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E41" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F41" t="s">
-        <v>43</v>
+        <v>172</v>
       </c>
       <c r="G41" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="H41" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="B42" t="s">
+        <v>175</v>
+      </c>
+      <c r="C42" t="s">
+        <v>120</v>
+      </c>
+      <c r="D42" t="s">
+        <v>41</v>
+      </c>
+      <c r="E42" t="s">
+        <v>176</v>
+      </c>
+      <c r="F42" t="s">
+        <v>79</v>
+      </c>
+      <c r="G42" t="s">
         <v>173</v>
       </c>
-      <c r="C42" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H42" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>55</v>
+        <v>177</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B43" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C43" t="s">
-        <v>88</v>
+        <v>136</v>
       </c>
       <c r="D43" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="E43" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F43" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="G43" t="s">
-        <v>178</v>
+        <v>147</v>
       </c>
       <c r="H43" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>55</v>
+        <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="B44" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C44" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="D44" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F44" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="G44" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="H44" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>182</v>
+        <v>16</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B45" t="s">
         <v>183</v>
       </c>
       <c r="C45" t="s">
+        <v>150</v>
+      </c>
+      <c r="D45" t="s">
+        <v>41</v>
+      </c>
+      <c r="E45" t="s">
         <v>184</v>
       </c>
-      <c r="D45" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="G45" t="s">
         <v>185</v>
       </c>
       <c r="H45" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B46" t="s">
         <v>187</v>
       </c>
       <c r="C46" t="s">
+        <v>82</v>
+      </c>
+      <c r="D46" t="s">
+        <v>41</v>
+      </c>
+      <c r="E46" t="s">
         <v>188</v>
       </c>
-      <c r="D46" t="s">
-[...2 lines deleted...]
-      <c r="E46" t="s">
+      <c r="F46" t="s">
+        <v>67</v>
+      </c>
+      <c r="G46" t="s">
         <v>189</v>
       </c>
-      <c r="F46" t="s">
+      <c r="H46" t="s">
+        <v>52</v>
+      </c>
+      <c r="I46" s="1" t="s">
         <v>190</v>
-      </c>
-[...7 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B47" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="C47" t="s">
-        <v>117</v>
+        <v>78</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>194</v>
+        <v>132</v>
       </c>
       <c r="F47" t="s">
-        <v>43</v>
+        <v>192</v>
       </c>
       <c r="G47" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="H47" t="s">
-        <v>196</v>
+        <v>23</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>197</v>
+        <v>16</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B48" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="C48" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D48" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>199</v>
+        <v>132</v>
       </c>
       <c r="F48" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="G48" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="H48" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
+        <v>92</v>
+      </c>
+      <c r="B49" t="s">
+        <v>197</v>
+      </c>
+      <c r="C49" t="s">
         <v>87</v>
       </c>
-      <c r="B49" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D49" t="s">
-        <v>47</v>
+        <v>37</v>
       </c>
       <c r="E49" t="s">
-        <v>203</v>
+        <v>132</v>
       </c>
       <c r="F49" t="s">
-        <v>154</v>
+        <v>198</v>
       </c>
       <c r="G49" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="H49" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="B50" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="C50" t="s">
-        <v>101</v>
+        <v>202</v>
       </c>
       <c r="D50" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="E50" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F50" t="s">
-        <v>207</v>
+        <v>92</v>
       </c>
       <c r="G50" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="H50" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>55</v>
+        <v>204</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="B51" t="s">
+        <v>205</v>
+      </c>
+      <c r="C51" t="s">
+        <v>206</v>
+      </c>
+      <c r="D51" t="s">
+        <v>41</v>
+      </c>
+      <c r="E51" t="s">
+        <v>207</v>
+      </c>
+      <c r="F51" t="s">
+        <v>208</v>
+      </c>
+      <c r="G51" t="s">
         <v>209</v>
       </c>
-      <c r="C51" t="s">
-[...8 lines deleted...]
-      <c r="F51" t="s">
+      <c r="H51" t="s">
+        <v>23</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>210</v>
-      </c>
-[...7 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="B52" t="s">
+        <v>211</v>
+      </c>
+      <c r="C52" t="s">
+        <v>136</v>
+      </c>
+      <c r="D52" t="s">
+        <v>41</v>
+      </c>
+      <c r="E52" t="s">
         <v>212</v>
       </c>
-      <c r="C52" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F52" t="s">
+        <v>67</v>
+      </c>
+      <c r="G52" t="s">
         <v>213</v>
       </c>
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>214</v>
       </c>
-      <c r="H52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I52" s="1" t="s">
-        <v>55</v>
+        <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="B53" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C53" t="s">
-        <v>62</v>
+        <v>125</v>
       </c>
       <c r="D53" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F53" t="s">
-        <v>154</v>
+        <v>218</v>
       </c>
       <c r="G53" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H53" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>218</v>
+        <v>16</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="B54" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C54" t="s">
-        <v>117</v>
+        <v>150</v>
       </c>
       <c r="D54" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="E54" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="F54" t="s">
-        <v>221</v>
+        <v>172</v>
       </c>
       <c r="G54" t="s">
         <v>222</v>
       </c>
       <c r="H54" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>55</v>
+        <v>223</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="B55" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C55" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
       <c r="D55" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>224</v>
+        <v>132</v>
       </c>
       <c r="F55" t="s">
         <v>225</v>
       </c>
       <c r="G55" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="H55" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>226</v>
+        <v>16</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="B56" t="s">
         <v>227</v>
       </c>
       <c r="C56" t="s">
-        <v>68</v>
+        <v>150</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
+        <v>132</v>
+      </c>
+      <c r="F56" t="s">
         <v>228</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G56" t="s">
         <v>229</v>
       </c>
       <c r="H56" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>230</v>
+        <v>16</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="B57" t="s">
+        <v>230</v>
+      </c>
+      <c r="C57" t="s">
+        <v>82</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>132</v>
+      </c>
+      <c r="F57" t="s">
         <v>231</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="G57" t="s">
         <v>232</v>
       </c>
-      <c r="F57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H57" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I57" s="1" t="s">
-        <v>235</v>
+        <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B58" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="C58" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="D58" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E58" t="s">
-        <v>113</v>
+        <v>234</v>
       </c>
       <c r="F58" t="s">
-        <v>237</v>
+        <v>172</v>
       </c>
       <c r="G58" t="s">
-        <v>238</v>
+        <v>22</v>
       </c>
       <c r="H58" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B59" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="C59" t="s">
-        <v>241</v>
+        <v>136</v>
       </c>
       <c r="D59" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E59" t="s">
-        <v>12</v>
+        <v>237</v>
       </c>
       <c r="F59" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="G59" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="H59" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>244</v>
+        <v>16</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B60" t="s">
-        <v>245</v>
+        <v>240</v>
       </c>
       <c r="C60" t="s">
-        <v>246</v>
+        <v>87</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E60" t="s">
-        <v>12</v>
+        <v>241</v>
       </c>
       <c r="F60" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="G60" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="H60" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I60" s="1" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="B61" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="C61" t="s">
-        <v>251</v>
+        <v>87</v>
       </c>
       <c r="D61" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E61" t="s">
-        <v>12</v>
+        <v>246</v>
       </c>
       <c r="F61" t="s">
-        <v>252</v>
+        <v>67</v>
       </c>
       <c r="G61" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="H61" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="B62" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="C62" t="s">
-        <v>256</v>
+        <v>136</v>
       </c>
       <c r="D62" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>12</v>
+        <v>250</v>
       </c>
       <c r="F62" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="G62" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="H62" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="B63" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="C63" t="s">
-        <v>261</v>
+        <v>87</v>
       </c>
       <c r="D63" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>12</v>
+        <v>132</v>
       </c>
       <c r="F63" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="G63" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="H63" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="B64" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="C64" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="D64" t="s">
-        <v>58</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
         <v>12</v>
       </c>
       <c r="F64" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="G64" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="H64" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="B65" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="C65" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="D65" t="s">
-        <v>23</v>
+        <v>41</v>
       </c>
       <c r="E65" t="s">
         <v>12</v>
       </c>
       <c r="F65" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
       <c r="G65" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="H65" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B66" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="C66" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="D66" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E66" t="s">
-        <v>113</v>
+        <v>12</v>
       </c>
       <c r="F66" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="G66" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="H66" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="B67" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="C67" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="D67" t="s">
-        <v>281</v>
+        <v>37</v>
       </c>
       <c r="E67" t="s">
-        <v>113</v>
+        <v>12</v>
       </c>
       <c r="F67" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="G67" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="H67" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="B68" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="C68" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="D68" t="s">
+        <v>37</v>
+      </c>
+      <c r="E68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>280</v>
+      </c>
+      <c r="G68" t="s">
         <v>281</v>
       </c>
-      <c r="E68" t="s">
-[...2 lines deleted...]
-      <c r="F68" t="s">
+      <c r="H68" t="s">
+        <v>23</v>
+      </c>
+      <c r="I68" s="1" t="s">
         <v>282</v>
-      </c>
-[...7 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="B69" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="C69" t="s">
-        <v>290</v>
+        <v>269</v>
       </c>
       <c r="D69" t="s">
-        <v>281</v>
+        <v>37</v>
       </c>
       <c r="E69" t="s">
-        <v>113</v>
+        <v>12</v>
       </c>
       <c r="F69" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="G69" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="H69" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>53</v>
+        <v>66</v>
       </c>
       <c r="B70" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="C70" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="D70" t="s">
-        <v>281</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>113</v>
+        <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="G70" t="s">
+        <v>290</v>
+      </c>
+      <c r="H70" t="s">
+        <v>23</v>
+      </c>
+      <c r="I70" s="1" t="s">
         <v>291</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="B71" t="s">
+        <v>292</v>
+      </c>
+      <c r="C71" t="s">
+        <v>293</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>132</v>
+      </c>
+      <c r="F71" t="s">
+        <v>294</v>
+      </c>
+      <c r="G71" t="s">
+        <v>295</v>
+      </c>
+      <c r="H71" t="s">
+        <v>23</v>
+      </c>
+      <c r="I71" s="1" t="s">
         <v>296</v>
-      </c>
-[...19 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="B72" t="s">
+        <v>297</v>
+      </c>
+      <c r="C72" t="s">
+        <v>298</v>
+      </c>
+      <c r="D72" t="s">
+        <v>299</v>
+      </c>
+      <c r="E72" t="s">
+        <v>132</v>
+      </c>
+      <c r="F72" t="s">
         <v>300</v>
       </c>
-      <c r="C72" t="s">
+      <c r="G72" t="s">
         <v>301</v>
       </c>
-      <c r="D72" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H72" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="B73" t="s">
         <v>303</v>
       </c>
       <c r="C73" t="s">
         <v>304</v>
       </c>
       <c r="D73" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="E73" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F73" t="s">
+        <v>300</v>
+      </c>
+      <c r="G73" t="s">
         <v>305</v>
       </c>
-      <c r="G73" t="s">
+      <c r="H73" t="s">
+        <v>23</v>
+      </c>
+      <c r="I73" s="1" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="B74" t="s">
+        <v>307</v>
+      </c>
+      <c r="C74" t="s">
         <v>308</v>
       </c>
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>299</v>
+      </c>
+      <c r="E74" t="s">
+        <v>132</v>
+      </c>
+      <c r="F74" t="s">
+        <v>300</v>
+      </c>
+      <c r="G74" t="s">
         <v>309</v>
       </c>
-      <c r="D74" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H74" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I74" s="1" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B75" t="s">
         <v>311</v>
       </c>
       <c r="C75" t="s">
         <v>312</v>
       </c>
       <c r="D75" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="E75" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F75" t="s">
+        <v>300</v>
+      </c>
+      <c r="G75" t="s">
+        <v>309</v>
+      </c>
+      <c r="H75" t="s">
+        <v>23</v>
+      </c>
+      <c r="I75" s="1" t="s">
         <v>313</v>
-      </c>
-[...7 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B76" t="s">
+        <v>314</v>
+      </c>
+      <c r="C76" t="s">
         <v>315</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>299</v>
+      </c>
+      <c r="E76" t="s">
+        <v>132</v>
+      </c>
+      <c r="F76" t="s">
+        <v>300</v>
+      </c>
+      <c r="G76" t="s">
         <v>316</v>
       </c>
-      <c r="D76" t="s">
-[...8 lines deleted...]
-      <c r="G76" t="s">
+      <c r="H76" t="s">
+        <v>23</v>
+      </c>
+      <c r="I76" s="1" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B77" t="s">
+        <v>318</v>
+      </c>
+      <c r="C77" t="s">
         <v>319</v>
       </c>
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>299</v>
+      </c>
+      <c r="E77" t="s">
+        <v>132</v>
+      </c>
+      <c r="F77" t="s">
+        <v>300</v>
+      </c>
+      <c r="G77" t="s">
+        <v>316</v>
+      </c>
+      <c r="H77" t="s">
+        <v>23</v>
+      </c>
+      <c r="I77" s="1" t="s">
         <v>320</v>
-      </c>
-[...16 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B78" t="s">
+        <v>321</v>
+      </c>
+      <c r="C78" t="s">
         <v>322</v>
       </c>
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>299</v>
+      </c>
+      <c r="E78" t="s">
+        <v>132</v>
+      </c>
+      <c r="F78" t="s">
         <v>323</v>
       </c>
-      <c r="D78" t="s">
-[...5 lines deleted...]
-      <c r="F78" t="s">
+      <c r="G78" t="s">
         <v>324</v>
       </c>
-      <c r="G78" t="s">
+      <c r="H78" t="s">
+        <v>23</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B79" t="s">
+        <v>326</v>
+      </c>
+      <c r="C79" t="s">
         <v>327</v>
       </c>
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>299</v>
+      </c>
+      <c r="E79" t="s">
+        <v>132</v>
+      </c>
+      <c r="F79" t="s">
+        <v>300</v>
+      </c>
+      <c r="G79" t="s">
+        <v>324</v>
+      </c>
+      <c r="H79" t="s">
+        <v>23</v>
+      </c>
+      <c r="I79" s="1" t="s">
         <v>328</v>
-      </c>
-[...16 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B80" t="s">
+        <v>329</v>
+      </c>
+      <c r="C80" t="s">
+        <v>330</v>
+      </c>
+      <c r="D80" t="s">
+        <v>299</v>
+      </c>
+      <c r="E80" t="s">
+        <v>132</v>
+      </c>
+      <c r="F80" t="s">
+        <v>331</v>
+      </c>
+      <c r="G80" t="s">
+        <v>324</v>
+      </c>
+      <c r="H80" t="s">
+        <v>23</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>332</v>
-      </c>
-[...19 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B81" t="s">
+        <v>333</v>
+      </c>
+      <c r="C81" t="s">
+        <v>334</v>
+      </c>
+      <c r="D81" t="s">
+        <v>299</v>
+      </c>
+      <c r="E81" t="s">
+        <v>132</v>
+      </c>
+      <c r="F81" t="s">
+        <v>300</v>
+      </c>
+      <c r="G81" t="s">
+        <v>335</v>
+      </c>
+      <c r="H81" t="s">
+        <v>23</v>
+      </c>
+      <c r="I81" s="1" t="s">
         <v>336</v>
-      </c>
-[...19 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B82" t="s">
+        <v>337</v>
+      </c>
+      <c r="C82" t="s">
+        <v>338</v>
+      </c>
+      <c r="D82" t="s">
+        <v>299</v>
+      </c>
+      <c r="E82" t="s">
+        <v>132</v>
+      </c>
+      <c r="F82" t="s">
+        <v>300</v>
+      </c>
+      <c r="G82" t="s">
+        <v>335</v>
+      </c>
+      <c r="H82" t="s">
+        <v>23</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>339</v>
       </c>
-      <c r="C82" t="s">
-[...17 lines deleted...]
-      <c r="I82" s="1"/>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="B83" t="s">
+        <v>340</v>
+      </c>
+      <c r="C83" t="s">
+        <v>341</v>
+      </c>
+      <c r="D83" t="s">
+        <v>299</v>
+      </c>
+      <c r="E83" t="s">
+        <v>132</v>
+      </c>
+      <c r="F83" t="s">
+        <v>342</v>
+      </c>
+      <c r="G83" t="s">
         <v>343</v>
       </c>
-      <c r="C83" t="s">
+      <c r="H83" t="s">
+        <v>23</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>344</v>
-      </c>
-[...16 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B84" t="s">
+        <v>345</v>
+      </c>
+      <c r="C84" t="s">
+        <v>346</v>
+      </c>
+      <c r="D84" t="s">
+        <v>299</v>
+      </c>
+      <c r="E84" t="s">
+        <v>132</v>
+      </c>
+      <c r="F84" t="s">
+        <v>300</v>
+      </c>
+      <c r="G84" t="s">
         <v>347</v>
       </c>
-      <c r="C84" t="s">
+      <c r="H84" t="s">
         <v>348</v>
       </c>
-      <c r="D84" t="s">
-[...5 lines deleted...]
-      <c r="F84" t="s">
+      <c r="I84" s="1" t="s">
         <v>349</v>
       </c>
-      <c r="G84" t="s">
-[...5 lines deleted...]
-      <c r="I84" s="1"/>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B85" t="s">
         <v>350</v>
       </c>
       <c r="C85" t="s">
         <v>351</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>299</v>
       </c>
       <c r="E85" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F85" t="s">
+        <v>300</v>
+      </c>
+      <c r="G85" t="s">
         <v>352</v>
       </c>
-      <c r="G85" t="s">
+      <c r="H85" t="s">
+        <v>23</v>
+      </c>
+      <c r="I85" s="1" t="s">
         <v>353</v>
-      </c>
-[...4 lines deleted...]
-        <v>354</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="B86" t="s">
+        <v>354</v>
+      </c>
+      <c r="C86" t="s">
+        <v>259</v>
+      </c>
+      <c r="D86" t="s">
+        <v>41</v>
+      </c>
+      <c r="E86" t="s">
+        <v>132</v>
+      </c>
+      <c r="F86" t="s">
+        <v>208</v>
+      </c>
+      <c r="G86" t="s">
         <v>355</v>
       </c>
-      <c r="C86" t="s">
+      <c r="H86" t="s">
+        <v>23</v>
+      </c>
+      <c r="I86" s="1" t="s">
         <v>356</v>
-      </c>
-[...16 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="B87" t="s">
+        <v>357</v>
+      </c>
+      <c r="C87" t="s">
         <v>358</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
+        <v>41</v>
+      </c>
+      <c r="E87" t="s">
+        <v>132</v>
+      </c>
+      <c r="F87" t="s">
         <v>359</v>
-      </c>
-[...7 lines deleted...]
-        <v>190</v>
       </c>
       <c r="G87" t="s">
         <v>360</v>
       </c>
       <c r="H87" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I87" s="1"/>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B88" t="s">
+        <v>361</v>
+      </c>
+      <c r="C88" t="s">
         <v>362</v>
       </c>
-      <c r="C88" t="s">
+      <c r="D88" t="s">
+        <v>41</v>
+      </c>
+      <c r="E88" t="s">
+        <v>132</v>
+      </c>
+      <c r="F88" t="s">
+        <v>208</v>
+      </c>
+      <c r="G88" t="s">
         <v>363</v>
       </c>
-      <c r="D88" t="s">
-[...5 lines deleted...]
-      <c r="F88" t="s">
+      <c r="H88" t="s">
+        <v>23</v>
+      </c>
+      <c r="I88" s="1" t="s">
         <v>364</v>
       </c>
-      <c r="G88" t="s">
-[...5 lines deleted...]
-      <c r="I88" s="1"/>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="B89" t="s">
+        <v>365</v>
+      </c>
+      <c r="C89" t="s">
         <v>366</v>
       </c>
-      <c r="C89" t="s">
+      <c r="D89" t="s">
+        <v>41</v>
+      </c>
+      <c r="E89" t="s">
+        <v>132</v>
+      </c>
+      <c r="F89" t="s">
         <v>367</v>
       </c>
-      <c r="D89" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G89" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="H89" t="s">
-        <v>368</v>
+        <v>348</v>
       </c>
       <c r="I89" s="1"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B90" t="s">
+        <v>368</v>
+      </c>
+      <c r="C90" t="s">
         <v>369</v>
       </c>
-      <c r="C90" t="s">
+      <c r="D90" t="s">
+        <v>41</v>
+      </c>
+      <c r="E90" t="s">
+        <v>132</v>
+      </c>
+      <c r="F90" t="s">
         <v>370</v>
-      </c>
-[...7 lines deleted...]
-        <v>190</v>
       </c>
       <c r="G90" t="s">
         <v>371</v>
       </c>
       <c r="H90" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I90" s="1"/>
+        <v>23</v>
+      </c>
+      <c r="I90" s="1" t="s">
+        <v>372</v>
+      </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B91" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C91" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D91" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E91" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F91" t="s">
-        <v>374</v>
+        <v>208</v>
       </c>
       <c r="G91" t="s">
+        <v>371</v>
+      </c>
+      <c r="H91" t="s">
+        <v>23</v>
+      </c>
+      <c r="I91" s="1" t="s">
         <v>375</v>
-      </c>
-[...4 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B92" t="s">
+        <v>376</v>
+      </c>
+      <c r="C92" t="s">
         <v>377</v>
       </c>
-      <c r="C92" t="s">
+      <c r="D92" t="s">
+        <v>41</v>
+      </c>
+      <c r="E92" t="s">
+        <v>132</v>
+      </c>
+      <c r="F92" t="s">
+        <v>208</v>
+      </c>
+      <c r="G92" t="s">
         <v>378</v>
       </c>
-      <c r="D92" t="s">
-[...8 lines deleted...]
-      <c r="G92" t="s">
+      <c r="H92" t="s">
+        <v>23</v>
+      </c>
+      <c r="I92" s="1" t="s">
         <v>379</v>
       </c>
-      <c r="H92" t="s">
-[...2 lines deleted...]
-      <c r="I92" s="1"/>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="B93" t="s">
         <v>380</v>
       </c>
       <c r="C93" t="s">
         <v>381</v>
       </c>
       <c r="D93" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E93" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F93" t="s">
-        <v>190</v>
+        <v>382</v>
       </c>
       <c r="G93" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H93" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I93" s="1"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B94" t="s">
+        <v>384</v>
+      </c>
+      <c r="C94" t="s">
+        <v>385</v>
+      </c>
+      <c r="D94" t="s">
+        <v>41</v>
+      </c>
+      <c r="E94" t="s">
+        <v>132</v>
+      </c>
+      <c r="F94" t="s">
+        <v>323</v>
+      </c>
+      <c r="G94" t="s">
         <v>383</v>
       </c>
-      <c r="C94" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H94" t="s">
-        <v>50</v>
+        <v>386</v>
       </c>
       <c r="I94" s="1"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B95" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C95" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="D95" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E95" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F95" t="s">
-        <v>190</v>
+        <v>208</v>
       </c>
       <c r="G95" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="H95" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I95" s="1"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="B96" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C96" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D96" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E96" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F96" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="G96" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H96" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="I96" s="1"/>
+        <v>23</v>
+      </c>
+      <c r="I96" s="1" t="s">
+        <v>394</v>
+      </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="B97" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C97" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D97" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E97" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F97" t="s">
-        <v>190</v>
+        <v>208</v>
       </c>
       <c r="G97" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="H97" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I97" s="1"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B98" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C98" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D98" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E98" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F98" t="s">
-        <v>190</v>
+        <v>208</v>
       </c>
       <c r="G98" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="H98" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I98" s="1"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B99" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C99" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D99" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E99" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F99" t="s">
-        <v>402</v>
+        <v>208</v>
       </c>
       <c r="G99" t="s">
         <v>403</v>
       </c>
       <c r="H99" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I99" s="1"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="B100" t="s">
         <v>404</v>
       </c>
       <c r="C100" t="s">
         <v>405</v>
       </c>
       <c r="D100" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E100" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F100" t="s">
+        <v>208</v>
+      </c>
+      <c r="G100" t="s">
         <v>406</v>
       </c>
-      <c r="G100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H100" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="I100" s="1"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B101" t="s">
+        <v>407</v>
+      </c>
+      <c r="C101" t="s">
         <v>408</v>
       </c>
-      <c r="C101" t="s">
+      <c r="D101" t="s">
+        <v>41</v>
+      </c>
+      <c r="E101" t="s">
+        <v>132</v>
+      </c>
+      <c r="F101" t="s">
         <v>409</v>
       </c>
-      <c r="D101" t="s">
-[...5 lines deleted...]
-      <c r="F101" t="s">
+      <c r="G101" t="s">
         <v>410</v>
       </c>
-      <c r="G101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H101" t="s">
-        <v>368</v>
+        <v>23</v>
       </c>
       <c r="I101" s="1"/>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B102" t="s">
+        <v>411</v>
+      </c>
+      <c r="C102" t="s">
         <v>412</v>
       </c>
-      <c r="C102" t="s">
+      <c r="D102" t="s">
+        <v>41</v>
+      </c>
+      <c r="E102" t="s">
+        <v>132</v>
+      </c>
+      <c r="F102" t="s">
+        <v>208</v>
+      </c>
+      <c r="G102" t="s">
         <v>413</v>
       </c>
-      <c r="D102" t="s">
-[...5 lines deleted...]
-      <c r="F102" t="s">
+      <c r="H102" t="s">
+        <v>23</v>
+      </c>
+      <c r="I102" s="1" t="s">
         <v>414</v>
-      </c>
-[...7 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B103" t="s">
+        <v>415</v>
+      </c>
+      <c r="C103" t="s">
+        <v>416</v>
+      </c>
+      <c r="D103" t="s">
+        <v>41</v>
+      </c>
+      <c r="E103" t="s">
+        <v>132</v>
+      </c>
+      <c r="F103" t="s">
+        <v>208</v>
+      </c>
+      <c r="G103" t="s">
         <v>417</v>
       </c>
-      <c r="C103" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H103" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I103" s="1"/>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="B104" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="C104" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="D104" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E104" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F104" t="s">
-        <v>190</v>
+        <v>420</v>
       </c>
       <c r="G104" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="H104" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I104" s="1"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B105" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C105" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D105" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E105" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F105" t="s">
-        <v>190</v>
+        <v>424</v>
       </c>
       <c r="G105" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="H105" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>23</v>
+      </c>
+      <c r="I105" s="1"/>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="B106" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="C106" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="D106" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E106" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F106" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="G106" t="s">
         <v>429</v>
       </c>
       <c r="H106" t="s">
-        <v>50</v>
-[...3 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="I106" s="1"/>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="B107" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="C107" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="D107" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E107" t="s">
-        <v>113</v>
+        <v>132</v>
       </c>
       <c r="F107" t="s">
-        <v>282</v>
+        <v>432</v>
       </c>
       <c r="G107" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="H107" t="s">
-        <v>330</v>
+        <v>23</v>
       </c>
       <c r="I107" s="1" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="B108" t="s">
+        <v>435</v>
+      </c>
+      <c r="C108" t="s">
+        <v>436</v>
+      </c>
+      <c r="D108" t="s">
+        <v>41</v>
+      </c>
+      <c r="E108" t="s">
+        <v>132</v>
+      </c>
+      <c r="F108" t="s">
+        <v>437</v>
+      </c>
+      <c r="G108" t="s">
+        <v>438</v>
+      </c>
+      <c r="H108" t="s">
         <v>439</v>
       </c>
-      <c r="C108" t="s">
+      <c r="I108" s="1" t="s">
         <v>440</v>
-      </c>
-[...16 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B109" t="s">
+        <v>441</v>
+      </c>
+      <c r="C109" t="s">
+        <v>442</v>
+      </c>
+      <c r="D109" t="s">
+        <v>41</v>
+      </c>
+      <c r="E109" t="s">
+        <v>132</v>
+      </c>
+      <c r="F109" t="s">
+        <v>208</v>
+      </c>
+      <c r="G109" t="s">
         <v>443</v>
       </c>
-      <c r="C109" t="s">
+      <c r="H109" t="s">
+        <v>23</v>
+      </c>
+      <c r="I109" s="1" t="s">
         <v>444</v>
-      </c>
-[...16 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B110" t="s">
+        <v>445</v>
+      </c>
+      <c r="C110" t="s">
+        <v>446</v>
+      </c>
+      <c r="D110" t="s">
+        <v>41</v>
+      </c>
+      <c r="E110" t="s">
+        <v>132</v>
+      </c>
+      <c r="F110" t="s">
+        <v>208</v>
+      </c>
+      <c r="G110" t="s">
         <v>447</v>
       </c>
-      <c r="C110" t="s">
+      <c r="H110" t="s">
+        <v>23</v>
+      </c>
+      <c r="I110" s="1" t="s">
         <v>448</v>
-      </c>
-[...16 lines deleted...]
-        <v>450</v>
       </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B111" t="s">
+        <v>449</v>
+      </c>
+      <c r="C111" t="s">
+        <v>450</v>
+      </c>
+      <c r="D111" t="s">
+        <v>41</v>
+      </c>
+      <c r="E111" t="s">
+        <v>132</v>
+      </c>
+      <c r="F111" t="s">
         <v>451</v>
       </c>
-      <c r="C111" t="s">
+      <c r="G111" t="s">
+        <v>447</v>
+      </c>
+      <c r="H111" t="s">
+        <v>23</v>
+      </c>
+      <c r="I111" s="1" t="s">
         <v>452</v>
-      </c>
-[...16 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B112" t="s">
+        <v>453</v>
+      </c>
+      <c r="C112" t="s">
+        <v>454</v>
+      </c>
+      <c r="D112" t="s">
+        <v>41</v>
+      </c>
+      <c r="E112" t="s">
+        <v>132</v>
+      </c>
+      <c r="F112" t="s">
+        <v>300</v>
+      </c>
+      <c r="G112" t="s">
         <v>455</v>
       </c>
-      <c r="C112" t="s">
+      <c r="H112" t="s">
+        <v>348</v>
+      </c>
+      <c r="I112" s="1" t="s">
         <v>456</v>
-      </c>
-[...16 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="B113" t="s">
+        <v>457</v>
+      </c>
+      <c r="C113" t="s">
         <v>458</v>
       </c>
-      <c r="C113" t="s">
+      <c r="D113" t="s">
+        <v>41</v>
+      </c>
+      <c r="E113" t="s">
+        <v>12</v>
+      </c>
+      <c r="F113" t="s">
+        <v>382</v>
+      </c>
+      <c r="G113" t="s">
+        <v>455</v>
+      </c>
+      <c r="H113" t="s">
+        <v>348</v>
+      </c>
+      <c r="I113" s="1" t="s">
         <v>459</v>
-      </c>
-[...16 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="B114" t="s">
+        <v>460</v>
+      </c>
+      <c r="C114" t="s">
+        <v>461</v>
+      </c>
+      <c r="D114" t="s">
+        <v>41</v>
+      </c>
+      <c r="E114" t="s">
+        <v>132</v>
+      </c>
+      <c r="F114" t="s">
         <v>462</v>
       </c>
-      <c r="C114" t="s">
+      <c r="G114" t="s">
+        <v>455</v>
+      </c>
+      <c r="H114" t="s">
+        <v>348</v>
+      </c>
+      <c r="I114" s="1" t="s">
         <v>463</v>
-      </c>
-[...16 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
+        <v>10</v>
+      </c>
+      <c r="B115" t="s">
+        <v>464</v>
+      </c>
+      <c r="C115" t="s">
+        <v>465</v>
+      </c>
+      <c r="D115" t="s">
+        <v>41</v>
+      </c>
+      <c r="E115" t="s">
+        <v>132</v>
+      </c>
+      <c r="F115" t="s">
+        <v>208</v>
+      </c>
+      <c r="G115" t="s">
+        <v>466</v>
+      </c>
+      <c r="H115" t="s">
+        <v>348</v>
+      </c>
+      <c r="I115" s="1" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9">
+      <c r="A116">
+        <v>9</v>
+      </c>
+      <c r="B116" t="s">
+        <v>468</v>
+      </c>
+      <c r="C116" t="s">
+        <v>469</v>
+      </c>
+      <c r="D116" t="s">
+        <v>41</v>
+      </c>
+      <c r="E116" t="s">
+        <v>132</v>
+      </c>
+      <c r="F116" t="s">
+        <v>382</v>
+      </c>
+      <c r="G116" t="s">
+        <v>470</v>
+      </c>
+      <c r="H116" t="s">
+        <v>348</v>
+      </c>
+      <c r="I116" s="1" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="117" spans="1:9">
+      <c r="A117">
+        <v>8</v>
+      </c>
+      <c r="B117" t="s">
+        <v>472</v>
+      </c>
+      <c r="C117" t="s">
+        <v>473</v>
+      </c>
+      <c r="D117" t="s">
+        <v>41</v>
+      </c>
+      <c r="E117" t="s">
+        <v>12</v>
+      </c>
+      <c r="F117" t="s">
+        <v>300</v>
+      </c>
+      <c r="G117" t="s">
+        <v>470</v>
+      </c>
+      <c r="H117" t="s">
+        <v>23</v>
+      </c>
+      <c r="I117" s="1" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="118" spans="1:9">
+      <c r="A118">
+        <v>4</v>
+      </c>
+      <c r="B118" t="s">
+        <v>475</v>
+      </c>
+      <c r="C118" t="s">
+        <v>476</v>
+      </c>
+      <c r="D118" t="s">
+        <v>41</v>
+      </c>
+      <c r="E118" t="s">
+        <v>132</v>
+      </c>
+      <c r="F118" t="s">
+        <v>437</v>
+      </c>
+      <c r="G118" t="s">
+        <v>477</v>
+      </c>
+      <c r="H118" t="s">
+        <v>348</v>
+      </c>
+      <c r="I118" s="1" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="119" spans="1:9">
+      <c r="A119">
+        <v>3</v>
+      </c>
+      <c r="B119" t="s">
+        <v>479</v>
+      </c>
+      <c r="C119" t="s">
+        <v>480</v>
+      </c>
+      <c r="D119" t="s">
+        <v>41</v>
+      </c>
+      <c r="E119" t="s">
+        <v>132</v>
+      </c>
+      <c r="F119" t="s">
+        <v>208</v>
+      </c>
+      <c r="G119" t="s">
+        <v>481</v>
+      </c>
+      <c r="H119" t="s">
+        <v>348</v>
+      </c>
+      <c r="I119" s="1" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="120" spans="1:9">
+      <c r="A120">
         <v>2</v>
       </c>
-      <c r="B115" t="s">
-[...21 lines deleted...]
-        <v>468</v>
+      <c r="B120" t="s">
+        <v>483</v>
+      </c>
+      <c r="C120" t="s">
+        <v>484</v>
+      </c>
+      <c r="D120" t="s">
+        <v>41</v>
+      </c>
+      <c r="E120" t="s">
+        <v>132</v>
+      </c>
+      <c r="F120" t="s">
+        <v>208</v>
+      </c>
+      <c r="G120" t="s">
+        <v>481</v>
+      </c>
+      <c r="H120" t="s">
+        <v>439</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>485</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">