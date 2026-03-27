--- v2 (2026-02-08)
+++ v3 (2026-03-27)
@@ -12,304 +12,370 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="486">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="507">
   <si>
     <t>Sequência</t>
   </si>
   <si>
     <t>Licitação</t>
   </si>
   <si>
     <t>Nº/Ano</t>
   </si>
   <si>
     <t>Modalidade</t>
   </si>
   <si>
     <t>Tipo Licit.</t>
   </si>
   <si>
     <t>Objeto</t>
   </si>
   <si>
     <t>Data Abertura</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
-    <t>DISPENSA nº /2026</t>
-[...2 lines deleted...]
-    <t>1/2026</t>
+    <t>CREDENCIAMENTO nº 01/2026</t>
+  </si>
+  <si>
+    <t>01/2026</t>
+  </si>
+  <si>
+    <t>CREDENCIAMENTO</t>
+  </si>
+  <si>
+    <t>Menor Preço</t>
+  </si>
+  <si>
+    <t>credenciar grupos formais/informais de agricultore...</t>
+  </si>
+  <si>
+    <t>07/04/2026</t>
+  </si>
+  <si>
+    <t>Em Andamento</t>
+  </si>
+  <si>
+    <t>830.614,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 02/2026</t>
+  </si>
+  <si>
+    <t>02/2026</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para a execuç...</t>
+  </si>
+  <si>
+    <t>18/03/2026</t>
+  </si>
+  <si>
+    <t>Concluída</t>
+  </si>
+  <si>
+    <t>7.085.340,18</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 01/2026</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE</t>
+  </si>
+  <si>
+    <t>Nenhum</t>
+  </si>
+  <si>
+    <t>Contratação da apresentação artística da Banda Was...</t>
+  </si>
+  <si>
+    <t>150.000,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 03/2026</t>
+  </si>
+  <si>
+    <t>03/2026</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO</t>
+  </si>
+  <si>
+    <t>Registro de preços para futura e eventual contrata...</t>
+  </si>
+  <si>
+    <t>30/03/2026</t>
+  </si>
+  <si>
+    <t>90.932,00</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 02/2026</t>
+  </si>
+  <si>
+    <t>OBJETO Registro de preços para futura e eventual...</t>
+  </si>
+  <si>
+    <t>20/03/2026</t>
+  </si>
+  <si>
+    <t>2.922.563,06</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 01/2026</t>
+  </si>
+  <si>
+    <t>Registro de Preços para futura e eventual contrata...</t>
+  </si>
+  <si>
+    <t>158.820,00</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 01/2026</t>
   </si>
   <si>
     <t>DISPENSA</t>
   </si>
   <si>
-    <t>Menor Preço</t>
-[...2 lines deleted...]
-    <t>de alimentação 9V 3A, compatíveis com relógios ele...</t>
+    <t>aquisição de bobinas térmicas de 300 metros e font...</t>
   </si>
   <si>
     <t>10/02/2026</t>
   </si>
   <si>
-    <t>Em Andamento</t>
+    <t>17.331,60</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 14/2025</t>
+  </si>
+  <si>
+    <t>14/2025</t>
+  </si>
+  <si>
+    <t>prestação de serviços de consultoria jurídica em d...</t>
+  </si>
+  <si>
+    <t>27/01/2026</t>
+  </si>
+  <si>
+    <t>360.000,00</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA nº 01/2026</t>
+  </si>
+  <si>
+    <t>CONCORRÊNCIA PUBLICA</t>
+  </si>
+  <si>
+    <t>Contratação de empresa de engenharia/arquitetura p...</t>
+  </si>
+  <si>
+    <t>2.219.296,07</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 13/2025</t>
+  </si>
+  <si>
+    <t>13/2025</t>
+  </si>
+  <si>
+    <t>Contratação de pessoa jurídica para prestação de s...</t>
+  </si>
+  <si>
+    <t>29/12/2025</t>
+  </si>
+  <si>
+    <t>120.000,00</t>
+  </si>
+  <si>
+    <t>ADESÃO SRP nº 09/2025</t>
+  </si>
+  <si>
+    <t>09/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa para a execução de serviços...</t>
+  </si>
+  <si>
+    <t>7.460.028,74</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 14/2025</t>
+  </si>
+  <si>
+    <t>17/12/2025</t>
+  </si>
+  <si>
+    <t>3.457.498,74</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 13/2025</t>
+  </si>
+  <si>
+    <t>15/12/2025</t>
+  </si>
+  <si>
+    <t>2.024.381,50</t>
+  </si>
+  <si>
+    <t>DISPENSA nº 12/2025</t>
+  </si>
+  <si>
+    <t>12/2025</t>
+  </si>
+  <si>
+    <t>Contratação de empresa especializada para a confec...</t>
+  </si>
+  <si>
+    <t>26/11/2025</t>
+  </si>
+  <si>
+    <t>Finalizada</t>
+  </si>
+  <si>
+    <t>7.431,80</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 12/2025</t>
+  </si>
+  <si>
+    <t>28/11/2025</t>
+  </si>
+  <si>
+    <t>1.639.544,16</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 11/2025</t>
+  </si>
+  <si>
+    <t>11/2025</t>
+  </si>
+  <si>
+    <t>Registro de Preço para eventual e futura contrataç...</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>2.805.271,24</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 10/2025</t>
+  </si>
+  <si>
+    <t>10/2025</t>
+  </si>
+  <si>
+    <t>251.374,50</t>
+  </si>
+  <si>
+    <t>PREGÃO ELETRÔNICO nº 09/2025</t>
+  </si>
+  <si>
+    <t>Registro de preço para eventual e futura contrataç...</t>
+  </si>
+  <si>
+    <t>18/11/2025</t>
+  </si>
+  <si>
+    <t>843.794,60</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 12/2025</t>
+  </si>
+  <si>
+    <t>contratação da banda "Rey Vaqueiro" para a realiza...</t>
+  </si>
+  <si>
+    <t>29/10/2025</t>
+  </si>
+  <si>
+    <t>280.000,00</t>
+  </si>
+  <si>
+    <t>INEXIGIBILIDADE nº 11/2025</t>
+  </si>
+  <si>
+    <t>contratação de serviços advocatícios objetivando a...</t>
+  </si>
+  <si>
+    <t>24/10/2025</t>
   </si>
   <si>
     <t>0,00</t>
   </si>
   <si>
-    <t>INEXIGIBILIDADE nº 14/2025</t>
-[...178 lines deleted...]
-  <si>
     <t>ADESÃO SRP nº 08/2025</t>
   </si>
   <si>
     <t>08/2025</t>
   </si>
   <si>
     <t>Contratação de empresa especializada para a presta...</t>
   </si>
   <si>
     <t>793.966,25</t>
   </si>
   <si>
     <t>CONCORRÊNCIA PUBLICA nº 03/2025</t>
   </si>
   <si>
     <t>03/2025</t>
   </si>
   <si>
-    <t>Contratação de empresa especializada para a execuç...</t>
-[...1 lines deleted...]
-  <si>
     <t>31/10/2025</t>
   </si>
   <si>
     <t>3.168.749,00</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO nº 01/2025</t>
   </si>
   <si>
     <t>01/2025</t>
   </si>
   <si>
     <t>CHAMAMENTO PÚBLICO</t>
   </si>
   <si>
     <t>Chamada Pública consiste em credenciar grupos form...</t>
   </si>
   <si>
     <t>192.857,50</t>
   </si>
   <si>
     <t>PREGÃO ELETRÔNICO nº 08/2025</t>
   </si>
   <si>
     <t>Registro de preços para eventual e futura contrata...</t>
@@ -348,53 +414,50 @@
     <t>INEXIGIBILIDADE nº 08/2025</t>
   </si>
   <si>
     <t>locação de imóvel com área total de 280 m², locali...</t>
   </si>
   <si>
     <t>18.216,00</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 07/2025</t>
   </si>
   <si>
     <t>07/2025</t>
   </si>
   <si>
     <t>locação de imóvel com área total de 1.032m², situa...</t>
   </si>
   <si>
     <t>INEXIGIBILIDADE nº 09/2025</t>
   </si>
   <si>
     <t>Contratação da banda “Buscapé Arreio de Ouro” para...</t>
   </si>
   <si>
     <t>15/08/2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>150.000,00</t>
   </si>
   <si>
     <t>DISPENSA nº 14/2025</t>
   </si>
   <si>
     <t>prestação de serviços laboratoriais para a realiza...</t>
   </si>
   <si>
     <t>14/08/2025</t>
   </si>
   <si>
     <t>DISPENSA nº 13/2025</t>
   </si>
   <si>
     <t>contratação de empresa especializada para upgrade...</t>
   </si>
   <si>
     <t>29/07/2025</t>
   </si>
   <si>
     <t>ADESÃO SRP nº 05/2025</t>
   </si>
   <si>
     <t>05/2025</t>
   </si>
@@ -1819,3508 +1882,3682 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I120"/>
+  <dimension ref="A1:I126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="I120" sqref="I120"/>
+      <selection activeCell="I126" sqref="I126"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9">
       <c r="A2">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="3" spans="1:9">
       <c r="A3">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="G3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I3" s="1" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:9">
       <c r="A4">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
+      <c r="E4" t="s">
         <v>26</v>
       </c>
-      <c r="D4" t="s">
+      <c r="F4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
-[...2 lines deleted...]
-      <c r="F4" t="s">
+      <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I4" s="1" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5" spans="1:9">
       <c r="A5">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
         <v>30</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>31</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
       <c r="G5" t="s">
         <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:9">
       <c r="A6">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
+        <v>36</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="1" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7" spans="1:9">
       <c r="A7">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="G7" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="H7" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="8" spans="1:9">
       <c r="A8">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="C8" t="s">
-        <v>31</v>
+        <v>10</v>
       </c>
       <c r="D8" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E8" t="s">
         <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>22</v>
+      </c>
+      <c r="I8" s="1" t="s">
         <v>46</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:9">
       <c r="A9">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
         <v>48</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E9" t="s">
+        <v>26</v>
+      </c>
+      <c r="F9" t="s">
         <v>49</v>
       </c>
-      <c r="D9" t="s">
-[...5 lines deleted...]
-      <c r="F9" t="s">
+      <c r="G9" t="s">
         <v>50</v>
       </c>
-      <c r="G9" t="s">
+      <c r="H9" t="s">
+        <v>22</v>
+      </c>
+      <c r="I9" s="1" t="s">
         <v>51</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="10" spans="1:9">
       <c r="A10">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="B10" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="C10" t="s">
-        <v>49</v>
+        <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="E10" t="s">
         <v>12</v>
       </c>
       <c r="F10" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G10" t="s">
-        <v>56</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s">
         <v>15</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="B11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C11" t="s">
+        <v>57</v>
+      </c>
+      <c r="D11" t="s">
+        <v>25</v>
+      </c>
+      <c r="E11" t="s">
+        <v>26</v>
+      </c>
+      <c r="F11" t="s">
         <v>58</v>
       </c>
-      <c r="C11" t="s">
+      <c r="G11" t="s">
         <v>59</v>
       </c>
-      <c r="D11" t="s">
-[...5 lines deleted...]
-      <c r="F11" t="s">
+      <c r="H11" t="s">
+        <v>22</v>
+      </c>
+      <c r="I11" s="1" t="s">
         <v>60</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:9">
       <c r="A12">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="B12" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="C12" t="s">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="D12" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="E12" t="s">
         <v>12</v>
       </c>
       <c r="F12" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="H12" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="13" spans="1:9">
       <c r="A13">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="B13" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="D13" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E13" t="s">
         <v>12</v>
       </c>
       <c r="F13" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="G13" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="H13" t="s">
         <v>15</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="B14" t="s">
+        <v>68</v>
+      </c>
+      <c r="C14" t="s">
+        <v>57</v>
+      </c>
+      <c r="D14" t="s">
+        <v>31</v>
+      </c>
+      <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>32</v>
+      </c>
+      <c r="G14" t="s">
+        <v>69</v>
+      </c>
+      <c r="H14" t="s">
+        <v>15</v>
+      </c>
+      <c r="I14" s="1" t="s">
         <v>70</v>
-      </c>
-[...19 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B15" t="s">
+        <v>71</v>
+      </c>
+      <c r="C15" t="s">
+        <v>72</v>
+      </c>
+      <c r="D15" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" t="s">
+        <v>26</v>
+      </c>
+      <c r="F15" t="s">
+        <v>73</v>
+      </c>
+      <c r="G15" t="s">
         <v>74</v>
       </c>
-      <c r="C15" t="s">
-[...8 lines deleted...]
-      <c r="F15" t="s">
+      <c r="H15" t="s">
         <v>75</v>
       </c>
-      <c r="G15" t="s">
+      <c r="I15" s="1" t="s">
         <v>76</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B16" t="s">
         <v>77</v>
       </c>
       <c r="C16" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="D16" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E16" t="s">
         <v>12</v>
       </c>
       <c r="F16" t="s">
+        <v>40</v>
+      </c>
+      <c r="G16" t="s">
+        <v>78</v>
+      </c>
+      <c r="H16" t="s">
+        <v>15</v>
+      </c>
+      <c r="I16" s="1" t="s">
         <v>79</v>
-      </c>
-[...7 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B17" t="s">
+        <v>80</v>
+      </c>
+      <c r="C17" t="s">
         <v>81</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="E17" t="s">
         <v>12</v>
       </c>
       <c r="F17" t="s">
+        <v>82</v>
+      </c>
+      <c r="G17" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="H17" t="s">
         <v>15</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="B18" t="s">
+        <v>85</v>
+      </c>
+      <c r="C18" t="s">
         <v>86</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="E18" t="s">
         <v>12</v>
       </c>
       <c r="F18" t="s">
-        <v>89</v>
+        <v>32</v>
       </c>
       <c r="G18" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="H18" t="s">
         <v>15</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="B19" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C19" t="s">
-        <v>78</v>
+        <v>62</v>
       </c>
       <c r="D19" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E19" t="s">
         <v>12</v>
       </c>
       <c r="F19" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G19" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="H19" t="s">
         <v>15</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:9">
       <c r="A20">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B20" t="s">
+        <v>92</v>
+      </c>
+      <c r="C20" t="s">
+        <v>72</v>
+      </c>
+      <c r="D20" t="s">
+        <v>25</v>
+      </c>
+      <c r="E20" t="s">
+        <v>26</v>
+      </c>
+      <c r="F20" t="s">
+        <v>93</v>
+      </c>
+      <c r="G20" t="s">
+        <v>94</v>
+      </c>
+      <c r="H20" t="s">
+        <v>22</v>
+      </c>
+      <c r="I20" s="1" t="s">
         <v>95</v>
-      </c>
-[...19 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="B21" t="s">
+        <v>96</v>
+      </c>
+      <c r="C21" t="s">
+        <v>81</v>
+      </c>
+      <c r="D21" t="s">
+        <v>25</v>
+      </c>
+      <c r="E21" t="s">
+        <v>26</v>
+      </c>
+      <c r="F21" t="s">
+        <v>97</v>
+      </c>
+      <c r="G21" t="s">
+        <v>98</v>
+      </c>
+      <c r="H21" t="s">
+        <v>22</v>
+      </c>
+      <c r="I21" s="1" t="s">
         <v>99</v>
-      </c>
-[...19 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="B22" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C22" t="s">
-        <v>78</v>
+        <v>101</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F22" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="G22" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="H22" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="B23" t="s">
+        <v>104</v>
+      </c>
+      <c r="C23" t="s">
+        <v>105</v>
+      </c>
+      <c r="D23" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" t="s">
+        <v>12</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
         <v>106</v>
       </c>
-      <c r="C23" t="s">
+      <c r="H23" t="s">
+        <v>15</v>
+      </c>
+      <c r="I23" s="1" t="s">
         <v>107</v>
-      </c>
-[...16 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:9">
       <c r="A24">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="B24" t="s">
+        <v>108</v>
+      </c>
+      <c r="C24" t="s">
         <v>109</v>
       </c>
-      <c r="C24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="E24" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F24" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G24" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="H24" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:9">
       <c r="A25">
+        <v>122</v>
+      </c>
+      <c r="B25" t="s">
+        <v>113</v>
+      </c>
+      <c r="C25" t="s">
+        <v>101</v>
+      </c>
+      <c r="D25" t="s">
+        <v>31</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>114</v>
+      </c>
+      <c r="G25" t="s">
+        <v>115</v>
+      </c>
+      <c r="H25" t="s">
+        <v>15</v>
+      </c>
+      <c r="I25" s="1" t="s">
         <v>116</v>
-      </c>
-[...22 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:9">
       <c r="A26">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B26" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C26" t="s">
-        <v>18</v>
+        <v>118</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E26" t="s">
         <v>12</v>
       </c>
       <c r="F26" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="G26" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="H26" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>16</v>
+        <v>99</v>
       </c>
     </row>
     <row r="27" spans="1:9">
       <c r="A27">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="B27" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C27" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E27" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F27" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="G27" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="H27" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>16</v>
+        <v>124</v>
       </c>
     </row>
     <row r="28" spans="1:9">
       <c r="A28">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="B28" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="C28" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="D28" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="E28" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F28" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="G28" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H28" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="B29" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="C29" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D29" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E29" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F29" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="G29" t="s">
+        <v>123</v>
+      </c>
+      <c r="H29" t="s">
+        <v>22</v>
+      </c>
+      <c r="I29" s="1" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="B30" t="s">
-        <v>48</v>
+        <v>131</v>
       </c>
       <c r="C30" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E30" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="F30" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="G30" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="H30" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="B31" t="s">
         <v>131</v>
       </c>
       <c r="C31" t="s">
-        <v>107</v>
+        <v>62</v>
       </c>
       <c r="D31" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="E31" t="s">
+        <v>26</v>
+      </c>
+      <c r="F31" t="s">
         <v>132</v>
       </c>
-      <c r="F31" t="s">
+      <c r="G31" t="s">
         <v>133</v>
       </c>
-      <c r="G31" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H31" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>134</v>
+        <v>28</v>
       </c>
     </row>
     <row r="32" spans="1:9">
       <c r="A32">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="B32" t="s">
+        <v>134</v>
+      </c>
+      <c r="C32" t="s">
+        <v>48</v>
+      </c>
+      <c r="D32" t="s">
+        <v>43</v>
+      </c>
+      <c r="E32" t="s">
+        <v>12</v>
+      </c>
+      <c r="F32" t="s">
         <v>135</v>
       </c>
-      <c r="C32" t="s">
+      <c r="G32" t="s">
         <v>136</v>
       </c>
-      <c r="D32" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H32" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>139</v>
+        <v>99</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B33" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C33" t="s">
-        <v>125</v>
+        <v>57</v>
       </c>
       <c r="D33" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E33" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="G33" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="H33" t="s">
-        <v>52</v>
+        <v>22</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>143</v>
+        <v>99</v>
       </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="B34" t="s">
+        <v>140</v>
+      </c>
+      <c r="C34" t="s">
+        <v>141</v>
+      </c>
+      <c r="D34" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>142</v>
+      </c>
+      <c r="G34" t="s">
+        <v>143</v>
+      </c>
+      <c r="H34" t="s">
+        <v>22</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>144</v>
-      </c>
-[...19 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="B35" t="s">
+        <v>145</v>
+      </c>
+      <c r="C35" t="s">
+        <v>146</v>
+      </c>
+      <c r="D35" t="s">
+        <v>25</v>
+      </c>
+      <c r="E35" t="s">
+        <v>26</v>
+      </c>
+      <c r="F35" t="s">
+        <v>147</v>
+      </c>
+      <c r="G35" t="s">
+        <v>148</v>
+      </c>
+      <c r="H35" t="s">
+        <v>75</v>
+      </c>
+      <c r="I35" s="1" t="s">
         <v>149</v>
-      </c>
-[...19 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="B36" t="s">
-        <v>153</v>
+        <v>71</v>
       </c>
       <c r="C36" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="D36" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E36" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="G36" t="s">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="H36" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>155</v>
+        <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="B37" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="C37" t="s">
-        <v>87</v>
+        <v>129</v>
       </c>
       <c r="D37" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="E37" t="s">
-        <v>137</v>
+        <v>153</v>
       </c>
       <c r="F37" t="s">
-        <v>28</v>
+        <v>154</v>
       </c>
       <c r="G37" t="s">
-        <v>157</v>
+        <v>143</v>
       </c>
       <c r="H37" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="B38" t="s">
+        <v>156</v>
+      </c>
+      <c r="C38" t="s">
+        <v>157</v>
+      </c>
+      <c r="D38" t="s">
+        <v>53</v>
+      </c>
+      <c r="E38" t="s">
+        <v>158</v>
+      </c>
+      <c r="F38" t="s">
+        <v>54</v>
+      </c>
+      <c r="G38" t="s">
         <v>159</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="H38" t="s">
+        <v>22</v>
+      </c>
+      <c r="I38" s="1" t="s">
         <v>160</v>
-      </c>
-[...10 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="B39" t="s">
+        <v>161</v>
+      </c>
+      <c r="C39" t="s">
+        <v>146</v>
+      </c>
+      <c r="D39" t="s">
+        <v>19</v>
+      </c>
+      <c r="E39" t="s">
+        <v>153</v>
+      </c>
+      <c r="F39" t="s">
+        <v>162</v>
+      </c>
+      <c r="G39" t="s">
         <v>163</v>
       </c>
-      <c r="C39" t="s">
-[...8 lines deleted...]
-      <c r="F39" t="s">
+      <c r="H39" t="s">
+        <v>75</v>
+      </c>
+      <c r="I39" s="1" t="s">
         <v>164</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="B40" t="s">
+        <v>165</v>
+      </c>
+      <c r="C40" t="s">
         <v>166</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E40" t="s">
+        <v>153</v>
+      </c>
+      <c r="F40" t="s">
         <v>167</v>
       </c>
-      <c r="F40" t="s">
+      <c r="G40" t="s">
         <v>168</v>
       </c>
-      <c r="G40" t="s">
+      <c r="H40" t="s">
+        <v>22</v>
+      </c>
+      <c r="I40" s="1" t="s">
         <v>169</v>
-      </c>
-[...4 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="B41" t="s">
         <v>170</v>
       </c>
       <c r="C41" t="s">
-        <v>125</v>
+        <v>171</v>
       </c>
       <c r="D41" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="E41" t="s">
-        <v>171</v>
+        <v>153</v>
       </c>
       <c r="F41" t="s">
         <v>172</v>
       </c>
       <c r="G41" t="s">
+        <v>143</v>
+      </c>
+      <c r="H41" t="s">
+        <v>22</v>
+      </c>
+      <c r="I41" s="1" t="s">
         <v>173</v>
-      </c>
-[...4 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B42" t="s">
+        <v>174</v>
+      </c>
+      <c r="C42" t="s">
+        <v>105</v>
+      </c>
+      <c r="D42" t="s">
+        <v>19</v>
+      </c>
+      <c r="E42" t="s">
+        <v>153</v>
+      </c>
+      <c r="F42" t="s">
         <v>175</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="G42" t="s">
+        <v>143</v>
+      </c>
+      <c r="H42" t="s">
+        <v>22</v>
+      </c>
+      <c r="I42" s="1" t="s">
         <v>176</v>
-      </c>
-[...10 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B43" t="s">
+        <v>177</v>
+      </c>
+      <c r="C43" t="s">
+        <v>109</v>
+      </c>
+      <c r="D43" t="s">
+        <v>53</v>
+      </c>
+      <c r="E43" t="s">
+        <v>158</v>
+      </c>
+      <c r="F43" t="s">
+        <v>54</v>
+      </c>
+      <c r="G43" t="s">
         <v>178</v>
       </c>
-      <c r="C43" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H43" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="44" spans="1:9">
       <c r="A44">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="B44" t="s">
         <v>180</v>
       </c>
       <c r="C44" t="s">
-        <v>36</v>
+        <v>129</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="E44" t="s">
-        <v>132</v>
+        <v>181</v>
       </c>
       <c r="F44" t="s">
-        <v>181</v>
+        <v>40</v>
       </c>
       <c r="G44" t="s">
         <v>182</v>
       </c>
       <c r="H44" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>16</v>
+        <v>183</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="B45" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C45" t="s">
-        <v>150</v>
+        <v>81</v>
       </c>
       <c r="D45" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E45" t="s">
-        <v>184</v>
+        <v>153</v>
       </c>
       <c r="F45" t="s">
-        <v>55</v>
+        <v>185</v>
       </c>
       <c r="G45" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H45" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>186</v>
+        <v>99</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B46" t="s">
         <v>187</v>
       </c>
       <c r="C46" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D46" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E46" t="s">
         <v>188</v>
       </c>
       <c r="F46" t="s">
-        <v>67</v>
+        <v>189</v>
       </c>
       <c r="G46" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H46" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>190</v>
+        <v>99</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="B47" t="s">
         <v>191</v>
       </c>
       <c r="C47" t="s">
-        <v>78</v>
+        <v>146</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="E47" t="s">
-        <v>132</v>
+        <v>192</v>
       </c>
       <c r="F47" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="G47" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H47" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>16</v>
+        <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="B48" t="s">
+        <v>196</v>
+      </c>
+      <c r="C48" t="s">
+        <v>141</v>
+      </c>
+      <c r="D48" t="s">
+        <v>31</v>
+      </c>
+      <c r="E48" t="s">
+        <v>197</v>
+      </c>
+      <c r="F48" t="s">
+        <v>102</v>
+      </c>
+      <c r="G48" t="s">
         <v>194</v>
       </c>
-      <c r="C48" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H48" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>16</v>
+        <v>198</v>
       </c>
     </row>
     <row r="49" spans="1:9">
       <c r="A49">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B49" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C49" t="s">
-        <v>87</v>
+        <v>157</v>
       </c>
       <c r="D49" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="E49" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F49" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="G49" t="s">
-        <v>199</v>
+        <v>168</v>
       </c>
       <c r="H49" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="B50" t="s">
         <v>201</v>
       </c>
       <c r="C50" t="s">
+        <v>62</v>
+      </c>
+      <c r="D50" t="s">
+        <v>43</v>
+      </c>
+      <c r="E50" t="s">
+        <v>153</v>
+      </c>
+      <c r="F50" t="s">
         <v>202</v>
-      </c>
-[...7 lines deleted...]
-        <v>92</v>
       </c>
       <c r="G50" t="s">
         <v>203</v>
       </c>
       <c r="H50" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>204</v>
+        <v>99</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="B51" t="s">
+        <v>204</v>
+      </c>
+      <c r="C51" t="s">
+        <v>171</v>
+      </c>
+      <c r="D51" t="s">
+        <v>31</v>
+      </c>
+      <c r="E51" t="s">
         <v>205</v>
       </c>
-      <c r="C51" t="s">
+      <c r="F51" t="s">
+        <v>40</v>
+      </c>
+      <c r="G51" t="s">
         <v>206</v>
       </c>
-      <c r="D51" t="s">
-[...2 lines deleted...]
-      <c r="E51" t="s">
+      <c r="H51" t="s">
+        <v>15</v>
+      </c>
+      <c r="I51" s="1" t="s">
         <v>207</v>
-      </c>
-[...10 lines deleted...]
-        <v>210</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
+        <v>95</v>
+      </c>
+      <c r="B52" t="s">
+        <v>208</v>
+      </c>
+      <c r="C52" t="s">
+        <v>105</v>
+      </c>
+      <c r="D52" t="s">
+        <v>31</v>
+      </c>
+      <c r="E52" t="s">
+        <v>209</v>
+      </c>
+      <c r="F52" t="s">
         <v>89</v>
       </c>
-      <c r="B52" t="s">
+      <c r="G52" t="s">
+        <v>210</v>
+      </c>
+      <c r="H52" t="s">
+        <v>75</v>
+      </c>
+      <c r="I52" s="1" t="s">
         <v>211</v>
-      </c>
-[...19 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B53" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C53" t="s">
-        <v>125</v>
+        <v>101</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E53" t="s">
-        <v>217</v>
+        <v>153</v>
       </c>
       <c r="F53" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="G53" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="H53" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I53" s="1" t="s">
-        <v>16</v>
+        <v>99</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B54" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="C54" t="s">
-        <v>150</v>
+        <v>129</v>
       </c>
       <c r="D54" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="E54" t="s">
-        <v>221</v>
+        <v>153</v>
       </c>
       <c r="F54" t="s">
-        <v>172</v>
+        <v>216</v>
       </c>
       <c r="G54" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="H54" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I54" s="1" t="s">
-        <v>223</v>
+        <v>99</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B55" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="C55" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E55" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F55" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="G55" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="H55" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I55" s="1" t="s">
-        <v>16</v>
+        <v>221</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="B56" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="C56" t="s">
-        <v>150</v>
+        <v>223</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="E56" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F56" t="s">
-        <v>228</v>
+        <v>114</v>
       </c>
       <c r="G56" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="H56" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I56" s="1" t="s">
-        <v>16</v>
+        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="B57" t="s">
+        <v>226</v>
+      </c>
+      <c r="C57" t="s">
+        <v>227</v>
+      </c>
+      <c r="D57" t="s">
+        <v>31</v>
+      </c>
+      <c r="E57" t="s">
+        <v>228</v>
+      </c>
+      <c r="F57" t="s">
+        <v>229</v>
+      </c>
+      <c r="G57" t="s">
         <v>230</v>
       </c>
-      <c r="C57" t="s">
-[...8 lines deleted...]
-      <c r="F57" t="s">
+      <c r="H57" t="s">
+        <v>22</v>
+      </c>
+      <c r="I57" s="1" t="s">
         <v>231</v>
-      </c>
-[...7 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="B58" t="s">
+        <v>232</v>
+      </c>
+      <c r="C58" t="s">
+        <v>157</v>
+      </c>
+      <c r="D58" t="s">
+        <v>31</v>
+      </c>
+      <c r="E58" t="s">
         <v>233</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>89</v>
+      </c>
+      <c r="G58" t="s">
         <v>234</v>
       </c>
-      <c r="F58" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H58" t="s">
-        <v>23</v>
+        <v>235</v>
       </c>
       <c r="I58" s="1" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="B59" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C59" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="D59" t="s">
-        <v>19</v>
+        <v>43</v>
       </c>
       <c r="E59" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F59" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="G59" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H59" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I59" s="1" t="s">
-        <v>16</v>
+        <v>99</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
-        <v>79</v>
+        <v>87</v>
       </c>
       <c r="B60" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C60" t="s">
-        <v>87</v>
+        <v>171</v>
       </c>
       <c r="D60" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E60" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="F60" t="s">
-        <v>242</v>
+        <v>193</v>
       </c>
       <c r="G60" t="s">
         <v>243</v>
       </c>
       <c r="H60" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
-        <v>78</v>
+        <v>86</v>
       </c>
       <c r="B61" t="s">
         <v>245</v>
       </c>
       <c r="C61" t="s">
-        <v>87</v>
+        <v>141</v>
       </c>
       <c r="D61" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="E61" t="s">
+        <v>153</v>
+      </c>
+      <c r="F61" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="G61" t="s">
         <v>247</v>
       </c>
       <c r="H61" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I61" s="1" t="s">
-        <v>248</v>
+        <v>99</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="B62" t="s">
+        <v>248</v>
+      </c>
+      <c r="C62" t="s">
+        <v>171</v>
+      </c>
+      <c r="D62" t="s">
+        <v>43</v>
+      </c>
+      <c r="E62" t="s">
+        <v>153</v>
+      </c>
+      <c r="F62" t="s">
         <v>249</v>
       </c>
-      <c r="C62" t="s">
-[...5 lines deleted...]
-      <c r="E62" t="s">
+      <c r="G62" t="s">
         <v>250</v>
       </c>
-      <c r="F62" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H62" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I62" s="1" t="s">
-        <v>253</v>
+        <v>99</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="B63" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="C63" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E63" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F63" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="G63" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="H63" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I63" s="1" t="s">
-        <v>257</v>
+        <v>99</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="B64" t="s">
-        <v>258</v>
+        <v>254</v>
       </c>
       <c r="C64" t="s">
-        <v>259</v>
+        <v>105</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E64" t="s">
-        <v>12</v>
+        <v>255</v>
       </c>
       <c r="F64" t="s">
-        <v>260</v>
+        <v>193</v>
       </c>
       <c r="G64" t="s">
-        <v>261</v>
+        <v>50</v>
       </c>
       <c r="H64" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="B65" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="C65" t="s">
-        <v>264</v>
+        <v>157</v>
       </c>
       <c r="D65" t="s">
-        <v>41</v>
+        <v>25</v>
       </c>
       <c r="E65" t="s">
-        <v>12</v>
+        <v>258</v>
       </c>
       <c r="F65" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="G65" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="H65" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I65" s="1" t="s">
-        <v>267</v>
+        <v>99</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
-        <v>70</v>
+        <v>79</v>
       </c>
       <c r="B66" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="C66" t="s">
-        <v>269</v>
+        <v>109</v>
       </c>
       <c r="D66" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E66" t="s">
-        <v>12</v>
+        <v>262</v>
       </c>
       <c r="F66" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="G66" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="H66" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I66" s="1" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="B67" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="C67" t="s">
-        <v>274</v>
+        <v>109</v>
       </c>
       <c r="D67" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
       <c r="E67" t="s">
-        <v>12</v>
+        <v>267</v>
       </c>
       <c r="F67" t="s">
-        <v>275</v>
+        <v>89</v>
       </c>
       <c r="G67" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="H67" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I67" s="1" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="B68" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="C68" t="s">
-        <v>279</v>
+        <v>157</v>
       </c>
       <c r="D68" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E68" t="s">
-        <v>12</v>
+        <v>271</v>
       </c>
       <c r="F68" t="s">
-        <v>280</v>
+        <v>272</v>
       </c>
       <c r="G68" t="s">
-        <v>281</v>
+        <v>273</v>
       </c>
       <c r="H68" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I68" s="1" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="B69" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="C69" t="s">
-        <v>269</v>
+        <v>109</v>
       </c>
       <c r="D69" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E69" t="s">
-        <v>12</v>
+        <v>153</v>
       </c>
       <c r="F69" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="G69" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="H69" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I69" s="1" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="B70" t="s">
-        <v>287</v>
+        <v>279</v>
       </c>
       <c r="C70" t="s">
-        <v>288</v>
+        <v>280</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>43</v>
       </c>
       <c r="E70" t="s">
         <v>12</v>
       </c>
       <c r="F70" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="G70" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="H70" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I70" s="1" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="B71" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="C71" t="s">
-        <v>293</v>
+        <v>285</v>
       </c>
       <c r="D71" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="E71" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="F71" t="s">
-        <v>294</v>
+        <v>286</v>
       </c>
       <c r="G71" t="s">
-        <v>295</v>
+        <v>287</v>
       </c>
       <c r="H71" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I71" s="1" t="s">
-        <v>296</v>
+        <v>288</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="B72" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
       <c r="C72" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="D72" t="s">
-        <v>299</v>
+        <v>25</v>
       </c>
       <c r="E72" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="F72" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="G72" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="H72" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I72" s="1" t="s">
-        <v>302</v>
+        <v>293</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="B73" t="s">
-        <v>303</v>
+        <v>294</v>
       </c>
       <c r="C73" t="s">
-        <v>304</v>
+        <v>295</v>
       </c>
       <c r="D73" t="s">
-        <v>299</v>
+        <v>19</v>
       </c>
       <c r="E73" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="F73" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="G73" t="s">
-        <v>305</v>
+        <v>297</v>
       </c>
       <c r="H73" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I73" s="1" t="s">
-        <v>306</v>
+        <v>298</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="B74" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="C74" t="s">
-        <v>308</v>
+        <v>300</v>
       </c>
       <c r="D74" t="s">
-        <v>299</v>
+        <v>19</v>
       </c>
       <c r="E74" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="F74" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="G74" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="H74" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I74" s="1" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="B75" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="C75" t="s">
-        <v>312</v>
+        <v>290</v>
       </c>
       <c r="D75" t="s">
-        <v>299</v>
+        <v>19</v>
       </c>
       <c r="E75" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="F75" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="G75" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="H75" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I75" s="1" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="B76" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="C76" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="D76" t="s">
-        <v>299</v>
+        <v>43</v>
       </c>
       <c r="E76" t="s">
-        <v>132</v>
+        <v>12</v>
       </c>
       <c r="F76" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="G76" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="H76" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I76" s="1" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="B77" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="C77" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="D77" t="s">
-        <v>299</v>
+        <v>43</v>
       </c>
       <c r="E77" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F77" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="G77" t="s">
         <v>316</v>
       </c>
       <c r="H77" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I77" s="1" t="s">
-        <v>320</v>
+        <v>317</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="B78" t="s">
+        <v>318</v>
+      </c>
+      <c r="C78" t="s">
+        <v>319</v>
+      </c>
+      <c r="D78" t="s">
+        <v>320</v>
+      </c>
+      <c r="E78" t="s">
+        <v>153</v>
+      </c>
+      <c r="F78" t="s">
         <v>321</v>
       </c>
-      <c r="C78" t="s">
+      <c r="G78" t="s">
         <v>322</v>
       </c>
-      <c r="D78" t="s">
-[...5 lines deleted...]
-      <c r="F78" t="s">
+      <c r="H78" t="s">
+        <v>22</v>
+      </c>
+      <c r="I78" s="1" t="s">
         <v>323</v>
-      </c>
-[...7 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="B79" t="s">
+        <v>324</v>
+      </c>
+      <c r="C79" t="s">
+        <v>325</v>
+      </c>
+      <c r="D79" t="s">
+        <v>320</v>
+      </c>
+      <c r="E79" t="s">
+        <v>153</v>
+      </c>
+      <c r="F79" t="s">
+        <v>321</v>
+      </c>
+      <c r="G79" t="s">
         <v>326</v>
       </c>
-      <c r="C79" t="s">
+      <c r="H79" t="s">
+        <v>22</v>
+      </c>
+      <c r="I79" s="1" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="B80" t="s">
+        <v>328</v>
+      </c>
+      <c r="C80" t="s">
         <v>329</v>
       </c>
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>320</v>
+      </c>
+      <c r="E80" t="s">
+        <v>153</v>
+      </c>
+      <c r="F80" t="s">
+        <v>321</v>
+      </c>
+      <c r="G80" t="s">
         <v>330</v>
       </c>
-      <c r="D80" t="s">
-[...5 lines deleted...]
-      <c r="F80" t="s">
+      <c r="H80" t="s">
+        <v>22</v>
+      </c>
+      <c r="I80" s="1" t="s">
         <v>331</v>
-      </c>
-[...7 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="B81" t="s">
+        <v>332</v>
+      </c>
+      <c r="C81" t="s">
         <v>333</v>
       </c>
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>320</v>
+      </c>
+      <c r="E81" t="s">
+        <v>153</v>
+      </c>
+      <c r="F81" t="s">
+        <v>321</v>
+      </c>
+      <c r="G81" t="s">
+        <v>330</v>
+      </c>
+      <c r="H81" t="s">
+        <v>22</v>
+      </c>
+      <c r="I81" s="1" t="s">
         <v>334</v>
-      </c>
-[...16 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B82" t="s">
+        <v>335</v>
+      </c>
+      <c r="C82" t="s">
+        <v>336</v>
+      </c>
+      <c r="D82" t="s">
+        <v>320</v>
+      </c>
+      <c r="E82" t="s">
+        <v>153</v>
+      </c>
+      <c r="F82" t="s">
+        <v>321</v>
+      </c>
+      <c r="G82" t="s">
         <v>337</v>
       </c>
-      <c r="C82" t="s">
+      <c r="H82" t="s">
+        <v>22</v>
+      </c>
+      <c r="I82" s="1" t="s">
         <v>338</v>
-      </c>
-[...16 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="B83" t="s">
+        <v>339</v>
+      </c>
+      <c r="C83" t="s">
         <v>340</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
+        <v>320</v>
+      </c>
+      <c r="E83" t="s">
+        <v>153</v>
+      </c>
+      <c r="F83" t="s">
+        <v>321</v>
+      </c>
+      <c r="G83" t="s">
+        <v>337</v>
+      </c>
+      <c r="H83" t="s">
+        <v>22</v>
+      </c>
+      <c r="I83" s="1" t="s">
         <v>341</v>
-      </c>
-[...16 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="B84" t="s">
+        <v>342</v>
+      </c>
+      <c r="C84" t="s">
+        <v>343</v>
+      </c>
+      <c r="D84" t="s">
+        <v>320</v>
+      </c>
+      <c r="E84" t="s">
+        <v>153</v>
+      </c>
+      <c r="F84" t="s">
+        <v>344</v>
+      </c>
+      <c r="G84" t="s">
         <v>345</v>
       </c>
-      <c r="C84" t="s">
+      <c r="H84" t="s">
+        <v>22</v>
+      </c>
+      <c r="I84" s="1" t="s">
         <v>346</v>
-      </c>
-[...16 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="B85" t="s">
-        <v>350</v>
+        <v>347</v>
       </c>
       <c r="C85" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="D85" t="s">
-        <v>299</v>
+        <v>320</v>
       </c>
       <c r="E85" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F85" t="s">
-        <v>300</v>
+        <v>321</v>
       </c>
       <c r="G85" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="H85" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I85" s="1" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="B86" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="C86" t="s">
-        <v>259</v>
+        <v>351</v>
       </c>
       <c r="D86" t="s">
-        <v>41</v>
+        <v>320</v>
       </c>
       <c r="E86" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F86" t="s">
-        <v>208</v>
+        <v>352</v>
       </c>
       <c r="G86" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="H86" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I86" s="1" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="B87" t="s">
+        <v>354</v>
+      </c>
+      <c r="C87" t="s">
+        <v>355</v>
+      </c>
+      <c r="D87" t="s">
+        <v>320</v>
+      </c>
+      <c r="E87" t="s">
+        <v>153</v>
+      </c>
+      <c r="F87" t="s">
+        <v>321</v>
+      </c>
+      <c r="G87" t="s">
+        <v>356</v>
+      </c>
+      <c r="H87" t="s">
+        <v>22</v>
+      </c>
+      <c r="I87" s="1" t="s">
         <v>357</v>
       </c>
-      <c r="C87" t="s">
-[...17 lines deleted...]
-      <c r="I87" s="1"/>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="B88" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="C88" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="D88" t="s">
-        <v>41</v>
+        <v>320</v>
       </c>
       <c r="E88" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F88" t="s">
-        <v>208</v>
+        <v>321</v>
       </c>
       <c r="G88" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="H88" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I88" s="1" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="B89" t="s">
+        <v>361</v>
+      </c>
+      <c r="C89" t="s">
+        <v>362</v>
+      </c>
+      <c r="D89" t="s">
+        <v>320</v>
+      </c>
+      <c r="E89" t="s">
+        <v>153</v>
+      </c>
+      <c r="F89" t="s">
+        <v>363</v>
+      </c>
+      <c r="G89" t="s">
+        <v>364</v>
+      </c>
+      <c r="H89" t="s">
+        <v>22</v>
+      </c>
+      <c r="I89" s="1" t="s">
         <v>365</v>
       </c>
-      <c r="C89" t="s">
-[...17 lines deleted...]
-      <c r="I89" s="1"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="B90" t="s">
+        <v>366</v>
+      </c>
+      <c r="C90" t="s">
+        <v>367</v>
+      </c>
+      <c r="D90" t="s">
+        <v>320</v>
+      </c>
+      <c r="E90" t="s">
+        <v>153</v>
+      </c>
+      <c r="F90" t="s">
+        <v>321</v>
+      </c>
+      <c r="G90" t="s">
         <v>368</v>
       </c>
-      <c r="C90" t="s">
+      <c r="H90" t="s">
         <v>369</v>
       </c>
-      <c r="D90" t="s">
-[...5 lines deleted...]
-      <c r="F90" t="s">
+      <c r="I90" s="1" t="s">
         <v>370</v>
-      </c>
-[...7 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="91" spans="1:9">
       <c r="A91">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="B91" t="s">
+        <v>371</v>
+      </c>
+      <c r="C91" t="s">
+        <v>372</v>
+      </c>
+      <c r="D91" t="s">
+        <v>320</v>
+      </c>
+      <c r="E91" t="s">
+        <v>153</v>
+      </c>
+      <c r="F91" t="s">
+        <v>321</v>
+      </c>
+      <c r="G91" t="s">
         <v>373</v>
       </c>
-      <c r="C91" t="s">
+      <c r="H91" t="s">
+        <v>22</v>
+      </c>
+      <c r="I91" s="1" t="s">
         <v>374</v>
-      </c>
-[...16 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B92" t="s">
+        <v>375</v>
+      </c>
+      <c r="C92" t="s">
+        <v>280</v>
+      </c>
+      <c r="D92" t="s">
+        <v>31</v>
+      </c>
+      <c r="E92" t="s">
+        <v>153</v>
+      </c>
+      <c r="F92" t="s">
+        <v>229</v>
+      </c>
+      <c r="G92" t="s">
         <v>376</v>
       </c>
-      <c r="C92" t="s">
+      <c r="H92" t="s">
+        <v>22</v>
+      </c>
+      <c r="I92" s="1" t="s">
         <v>377</v>
-      </c>
-[...16 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="93" spans="1:9">
       <c r="A93">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="B93" t="s">
+        <v>378</v>
+      </c>
+      <c r="C93" t="s">
+        <v>379</v>
+      </c>
+      <c r="D93" t="s">
+        <v>31</v>
+      </c>
+      <c r="E93" t="s">
+        <v>153</v>
+      </c>
+      <c r="F93" t="s">
         <v>380</v>
       </c>
-      <c r="C93" t="s">
+      <c r="G93" t="s">
         <v>381</v>
       </c>
-      <c r="D93" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H93" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I93" s="1"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B94" t="s">
+        <v>382</v>
+      </c>
+      <c r="C94" t="s">
+        <v>383</v>
+      </c>
+      <c r="D94" t="s">
+        <v>31</v>
+      </c>
+      <c r="E94" t="s">
+        <v>153</v>
+      </c>
+      <c r="F94" t="s">
+        <v>229</v>
+      </c>
+      <c r="G94" t="s">
         <v>384</v>
       </c>
-      <c r="C94" t="s">
+      <c r="H94" t="s">
+        <v>22</v>
+      </c>
+      <c r="I94" s="1" t="s">
         <v>385</v>
       </c>
-      <c r="D94" t="s">
-[...14 lines deleted...]
-      <c r="I94" s="1"/>
     </row>
     <row r="95" spans="1:9">
       <c r="A95">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="B95" t="s">
+        <v>386</v>
+      </c>
+      <c r="C95" t="s">
         <v>387</v>
       </c>
-      <c r="C95" t="s">
+      <c r="D95" t="s">
+        <v>31</v>
+      </c>
+      <c r="E95" t="s">
+        <v>153</v>
+      </c>
+      <c r="F95" t="s">
         <v>388</v>
       </c>
-      <c r="D95" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G95" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="H95" t="s">
-        <v>23</v>
+        <v>369</v>
       </c>
       <c r="I95" s="1"/>
     </row>
     <row r="96" spans="1:9">
       <c r="A96">
+        <v>37</v>
+      </c>
+      <c r="B96" t="s">
+        <v>389</v>
+      </c>
+      <c r="C96" t="s">
+        <v>390</v>
+      </c>
+      <c r="D96" t="s">
         <v>31</v>
       </c>
-      <c r="B96" t="s">
-[...2 lines deleted...]
-      <c r="C96" t="s">
+      <c r="E96" t="s">
+        <v>153</v>
+      </c>
+      <c r="F96" t="s">
         <v>391</v>
       </c>
-      <c r="D96" t="s">
-[...5 lines deleted...]
-      <c r="F96" t="s">
+      <c r="G96" t="s">
         <v>392</v>
       </c>
-      <c r="G96" t="s">
+      <c r="H96" t="s">
+        <v>22</v>
+      </c>
+      <c r="I96" s="1" t="s">
         <v>393</v>
-      </c>
-[...4 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B97" t="s">
+        <v>394</v>
+      </c>
+      <c r="C97" t="s">
         <v>395</v>
       </c>
-      <c r="C97" t="s">
+      <c r="D97" t="s">
+        <v>31</v>
+      </c>
+      <c r="E97" t="s">
+        <v>153</v>
+      </c>
+      <c r="F97" t="s">
+        <v>229</v>
+      </c>
+      <c r="G97" t="s">
+        <v>392</v>
+      </c>
+      <c r="H97" t="s">
+        <v>22</v>
+      </c>
+      <c r="I97" s="1" t="s">
         <v>396</v>
       </c>
-      <c r="D97" t="s">
-[...14 lines deleted...]
-      <c r="I97" s="1"/>
     </row>
     <row r="98" spans="1:9">
       <c r="A98">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="B98" t="s">
+        <v>397</v>
+      </c>
+      <c r="C98" t="s">
         <v>398</v>
       </c>
-      <c r="C98" t="s">
+      <c r="D98" t="s">
+        <v>31</v>
+      </c>
+      <c r="E98" t="s">
+        <v>153</v>
+      </c>
+      <c r="F98" t="s">
+        <v>229</v>
+      </c>
+      <c r="G98" t="s">
         <v>399</v>
       </c>
-      <c r="D98" t="s">
-[...8 lines deleted...]
-      <c r="G98" t="s">
+      <c r="H98" t="s">
+        <v>22</v>
+      </c>
+      <c r="I98" s="1" t="s">
         <v>400</v>
       </c>
-      <c r="H98" t="s">
-[...2 lines deleted...]
-      <c r="I98" s="1"/>
     </row>
     <row r="99" spans="1:9">
       <c r="A99">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="B99" t="s">
         <v>401</v>
       </c>
       <c r="C99" t="s">
         <v>402</v>
       </c>
       <c r="D99" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E99" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F99" t="s">
-        <v>208</v>
+        <v>403</v>
       </c>
       <c r="G99" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="H99" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I99" s="1"/>
     </row>
     <row r="100" spans="1:9">
       <c r="A100">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="B100" t="s">
+        <v>405</v>
+      </c>
+      <c r="C100" t="s">
+        <v>406</v>
+      </c>
+      <c r="D100" t="s">
+        <v>31</v>
+      </c>
+      <c r="E100" t="s">
+        <v>153</v>
+      </c>
+      <c r="F100" t="s">
+        <v>344</v>
+      </c>
+      <c r="G100" t="s">
         <v>404</v>
       </c>
-      <c r="C100" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="H100" t="s">
-        <v>23</v>
+        <v>407</v>
       </c>
       <c r="I100" s="1"/>
     </row>
     <row r="101" spans="1:9">
       <c r="A101">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="B101" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C101" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D101" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E101" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F101" t="s">
-        <v>409</v>
+        <v>229</v>
       </c>
       <c r="G101" t="s">
         <v>410</v>
       </c>
       <c r="H101" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I101" s="1"/>
     </row>
     <row r="102" spans="1:9">
       <c r="A102">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="B102" t="s">
         <v>411</v>
       </c>
       <c r="C102" t="s">
         <v>412</v>
       </c>
       <c r="D102" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E102" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F102" t="s">
-        <v>208</v>
+        <v>413</v>
       </c>
       <c r="G102" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H102" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I102" s="1" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B103" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C103" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D103" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E103" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F103" t="s">
-        <v>208</v>
+        <v>229</v>
       </c>
       <c r="G103" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H103" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I103" s="1"/>
     </row>
     <row r="104" spans="1:9">
       <c r="A104">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B104" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C104" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D104" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E104" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F104" t="s">
-        <v>420</v>
+        <v>229</v>
       </c>
       <c r="G104" t="s">
         <v>421</v>
       </c>
       <c r="H104" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I104" s="1"/>
     </row>
     <row r="105" spans="1:9">
       <c r="A105">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B105" t="s">
         <v>422</v>
       </c>
       <c r="C105" t="s">
         <v>423</v>
       </c>
       <c r="D105" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E105" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F105" t="s">
+        <v>229</v>
+      </c>
+      <c r="G105" t="s">
         <v>424</v>
       </c>
-      <c r="G105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H105" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="I105" s="1"/>
     </row>
     <row r="106" spans="1:9">
       <c r="A106">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="B106" t="s">
+        <v>425</v>
+      </c>
+      <c r="C106" t="s">
         <v>426</v>
       </c>
-      <c r="C106" t="s">
+      <c r="D106" t="s">
+        <v>31</v>
+      </c>
+      <c r="E106" t="s">
+        <v>153</v>
+      </c>
+      <c r="F106" t="s">
+        <v>229</v>
+      </c>
+      <c r="G106" t="s">
         <v>427</v>
       </c>
-      <c r="D106" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H106" t="s">
-        <v>386</v>
+        <v>22</v>
       </c>
       <c r="I106" s="1"/>
     </row>
     <row r="107" spans="1:9">
       <c r="A107">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B107" t="s">
+        <v>428</v>
+      </c>
+      <c r="C107" t="s">
+        <v>429</v>
+      </c>
+      <c r="D107" t="s">
+        <v>31</v>
+      </c>
+      <c r="E107" t="s">
+        <v>153</v>
+      </c>
+      <c r="F107" t="s">
         <v>430</v>
       </c>
-      <c r="C107" t="s">
+      <c r="G107" t="s">
         <v>431</v>
       </c>
-      <c r="D107" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H107" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I107" s="1"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B108" t="s">
+        <v>432</v>
+      </c>
+      <c r="C108" t="s">
+        <v>433</v>
+      </c>
+      <c r="D108" t="s">
+        <v>31</v>
+      </c>
+      <c r="E108" t="s">
+        <v>153</v>
+      </c>
+      <c r="F108" t="s">
+        <v>229</v>
+      </c>
+      <c r="G108" t="s">
+        <v>434</v>
+      </c>
+      <c r="H108" t="s">
+        <v>22</v>
+      </c>
+      <c r="I108" s="1" t="s">
         <v>435</v>
-      </c>
-[...19 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="B109" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="C109" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="D109" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E109" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F109" t="s">
-        <v>208</v>
+        <v>229</v>
       </c>
       <c r="G109" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="H109" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I109" s="1"/>
     </row>
     <row r="110" spans="1:9">
       <c r="A110">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="B110" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="C110" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="D110" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E110" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F110" t="s">
-        <v>208</v>
+        <v>441</v>
       </c>
       <c r="G110" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="H110" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I110" s="1"/>
     </row>
     <row r="111" spans="1:9">
       <c r="A111">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="B111" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
       <c r="C111" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="D111" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E111" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F111" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="G111" t="s">
-        <v>447</v>
+        <v>446</v>
       </c>
       <c r="H111" t="s">
-        <v>23</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="I111" s="1"/>
     </row>
     <row r="112" spans="1:9">
       <c r="A112">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="B112" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="C112" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="D112" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E112" t="s">
-        <v>132</v>
+        <v>153</v>
       </c>
       <c r="F112" t="s">
-        <v>300</v>
+        <v>449</v>
       </c>
       <c r="G112" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="H112" t="s">
-        <v>348</v>
-[...3 lines deleted...]
-      </c>
+        <v>407</v>
+      </c>
+      <c r="I112" s="1"/>
     </row>
     <row r="113" spans="1:9">
       <c r="A113">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="B113" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="C113" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="D113" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="E113" t="s">
-        <v>12</v>
+        <v>153</v>
       </c>
       <c r="F113" t="s">
-        <v>382</v>
+        <v>453</v>
       </c>
       <c r="G113" t="s">
+        <v>454</v>
+      </c>
+      <c r="H113" t="s">
+        <v>22</v>
+      </c>
+      <c r="I113" s="1" t="s">
         <v>455</v>
-      </c>
-[...4 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="B114" t="s">
+        <v>456</v>
+      </c>
+      <c r="C114" t="s">
+        <v>457</v>
+      </c>
+      <c r="D114" t="s">
+        <v>31</v>
+      </c>
+      <c r="E114" t="s">
+        <v>153</v>
+      </c>
+      <c r="F114" t="s">
+        <v>458</v>
+      </c>
+      <c r="G114" t="s">
+        <v>459</v>
+      </c>
+      <c r="H114" t="s">
         <v>460</v>
       </c>
-      <c r="C114" t="s">
+      <c r="I114" s="1" t="s">
         <v>461</v>
-      </c>
-[...16 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="B115" t="s">
+        <v>462</v>
+      </c>
+      <c r="C115" t="s">
+        <v>463</v>
+      </c>
+      <c r="D115" t="s">
+        <v>31</v>
+      </c>
+      <c r="E115" t="s">
+        <v>153</v>
+      </c>
+      <c r="F115" t="s">
+        <v>229</v>
+      </c>
+      <c r="G115" t="s">
         <v>464</v>
       </c>
-      <c r="C115" t="s">
+      <c r="H115" t="s">
+        <v>22</v>
+      </c>
+      <c r="I115" s="1" t="s">
         <v>465</v>
-      </c>
-[...16 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="B116" t="s">
+        <v>466</v>
+      </c>
+      <c r="C116" t="s">
+        <v>467</v>
+      </c>
+      <c r="D116" t="s">
+        <v>31</v>
+      </c>
+      <c r="E116" t="s">
+        <v>153</v>
+      </c>
+      <c r="F116" t="s">
+        <v>229</v>
+      </c>
+      <c r="G116" t="s">
         <v>468</v>
       </c>
-      <c r="C116" t="s">
+      <c r="H116" t="s">
+        <v>22</v>
+      </c>
+      <c r="I116" s="1" t="s">
         <v>469</v>
-      </c>
-[...16 lines deleted...]
-        <v>471</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B117" t="s">
+        <v>470</v>
+      </c>
+      <c r="C117" t="s">
+        <v>471</v>
+      </c>
+      <c r="D117" t="s">
+        <v>31</v>
+      </c>
+      <c r="E117" t="s">
+        <v>153</v>
+      </c>
+      <c r="F117" t="s">
         <v>472</v>
       </c>
-      <c r="C117" t="s">
+      <c r="G117" t="s">
+        <v>468</v>
+      </c>
+      <c r="H117" t="s">
+        <v>22</v>
+      </c>
+      <c r="I117" s="1" t="s">
         <v>473</v>
-      </c>
-[...16 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="118" spans="1:9">
       <c r="A118">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B118" t="s">
+        <v>474</v>
+      </c>
+      <c r="C118" t="s">
         <v>475</v>
       </c>
-      <c r="C118" t="s">
+      <c r="D118" t="s">
+        <v>31</v>
+      </c>
+      <c r="E118" t="s">
+        <v>153</v>
+      </c>
+      <c r="F118" t="s">
+        <v>321</v>
+      </c>
+      <c r="G118" t="s">
         <v>476</v>
       </c>
-      <c r="D118" t="s">
-[...8 lines deleted...]
-      <c r="G118" t="s">
+      <c r="H118" t="s">
+        <v>369</v>
+      </c>
+      <c r="I118" s="1" t="s">
         <v>477</v>
-      </c>
-[...4 lines deleted...]
-        <v>478</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="B119" t="s">
+        <v>478</v>
+      </c>
+      <c r="C119" t="s">
         <v>479</v>
       </c>
-      <c r="C119" t="s">
+      <c r="D119" t="s">
+        <v>31</v>
+      </c>
+      <c r="E119" t="s">
+        <v>12</v>
+      </c>
+      <c r="F119" t="s">
+        <v>403</v>
+      </c>
+      <c r="G119" t="s">
+        <v>476</v>
+      </c>
+      <c r="H119" t="s">
+        <v>369</v>
+      </c>
+      <c r="I119" s="1" t="s">
         <v>480</v>
-      </c>
-[...16 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="120" spans="1:9">
       <c r="A120">
+        <v>11</v>
+      </c>
+      <c r="B120" t="s">
+        <v>481</v>
+      </c>
+      <c r="C120" t="s">
+        <v>482</v>
+      </c>
+      <c r="D120" t="s">
+        <v>31</v>
+      </c>
+      <c r="E120" t="s">
+        <v>153</v>
+      </c>
+      <c r="F120" t="s">
+        <v>483</v>
+      </c>
+      <c r="G120" t="s">
+        <v>476</v>
+      </c>
+      <c r="H120" t="s">
+        <v>369</v>
+      </c>
+      <c r="I120" s="1" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="121" spans="1:9">
+      <c r="A121">
+        <v>10</v>
+      </c>
+      <c r="B121" t="s">
+        <v>485</v>
+      </c>
+      <c r="C121" t="s">
+        <v>486</v>
+      </c>
+      <c r="D121" t="s">
+        <v>31</v>
+      </c>
+      <c r="E121" t="s">
+        <v>153</v>
+      </c>
+      <c r="F121" t="s">
+        <v>229</v>
+      </c>
+      <c r="G121" t="s">
+        <v>487</v>
+      </c>
+      <c r="H121" t="s">
+        <v>369</v>
+      </c>
+      <c r="I121" s="1" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9">
+      <c r="A122">
+        <v>9</v>
+      </c>
+      <c r="B122" t="s">
+        <v>489</v>
+      </c>
+      <c r="C122" t="s">
+        <v>490</v>
+      </c>
+      <c r="D122" t="s">
+        <v>31</v>
+      </c>
+      <c r="E122" t="s">
+        <v>153</v>
+      </c>
+      <c r="F122" t="s">
+        <v>403</v>
+      </c>
+      <c r="G122" t="s">
+        <v>491</v>
+      </c>
+      <c r="H122" t="s">
+        <v>369</v>
+      </c>
+      <c r="I122" s="1" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="123" spans="1:9">
+      <c r="A123">
+        <v>8</v>
+      </c>
+      <c r="B123" t="s">
+        <v>493</v>
+      </c>
+      <c r="C123" t="s">
+        <v>494</v>
+      </c>
+      <c r="D123" t="s">
+        <v>31</v>
+      </c>
+      <c r="E123" t="s">
+        <v>12</v>
+      </c>
+      <c r="F123" t="s">
+        <v>321</v>
+      </c>
+      <c r="G123" t="s">
+        <v>491</v>
+      </c>
+      <c r="H123" t="s">
+        <v>22</v>
+      </c>
+      <c r="I123" s="1" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9">
+      <c r="A124">
+        <v>4</v>
+      </c>
+      <c r="B124" t="s">
+        <v>496</v>
+      </c>
+      <c r="C124" t="s">
+        <v>497</v>
+      </c>
+      <c r="D124" t="s">
+        <v>31</v>
+      </c>
+      <c r="E124" t="s">
+        <v>153</v>
+      </c>
+      <c r="F124" t="s">
+        <v>458</v>
+      </c>
+      <c r="G124" t="s">
+        <v>498</v>
+      </c>
+      <c r="H124" t="s">
+        <v>369</v>
+      </c>
+      <c r="I124" s="1" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="125" spans="1:9">
+      <c r="A125">
+        <v>3</v>
+      </c>
+      <c r="B125" t="s">
+        <v>500</v>
+      </c>
+      <c r="C125" t="s">
+        <v>501</v>
+      </c>
+      <c r="D125" t="s">
+        <v>31</v>
+      </c>
+      <c r="E125" t="s">
+        <v>153</v>
+      </c>
+      <c r="F125" t="s">
+        <v>229</v>
+      </c>
+      <c r="G125" t="s">
+        <v>502</v>
+      </c>
+      <c r="H125" t="s">
+        <v>369</v>
+      </c>
+      <c r="I125" s="1" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="126" spans="1:9">
+      <c r="A126">
         <v>2</v>
       </c>
-      <c r="B120" t="s">
-[...21 lines deleted...]
-        <v>485</v>
+      <c r="B126" t="s">
+        <v>504</v>
+      </c>
+      <c r="C126" t="s">
+        <v>505</v>
+      </c>
+      <c r="D126" t="s">
+        <v>31</v>
+      </c>
+      <c r="E126" t="s">
+        <v>153</v>
+      </c>
+      <c r="F126" t="s">
+        <v>229</v>
+      </c>
+      <c r="G126" t="s">
+        <v>502</v>
+      </c>
+      <c r="H126" t="s">
+        <v>460</v>
+      </c>
+      <c r="I126" s="1" t="s">
+        <v>506</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">